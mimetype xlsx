--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -1,179 +1,183 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\PROJ-FILES\SOMAH00\Reporting\Semi-Annual Expense Report\2025-07\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\PROJ-FILES\SOMAH00\Reporting\Semi-Annual Expense Report\2026-01\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{15AF1599-64A7-421B-B928-4D8D266EA87C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5DF9AE81-F838-474F-925B-BBAF459FA36F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="744" firstSheet="3" activeTab="7" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="744" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="1. Expenditures" sheetId="1" r:id="rId1"/>
     <sheet name="2. Program Funding" sheetId="22" r:id="rId2"/>
     <sheet name="3. SOMAH Program Admin" sheetId="18" r:id="rId3"/>
     <sheet name="4. SOMAH Marketing &amp; Outreach" sheetId="7" r:id="rId4"/>
     <sheet name="5. SOMAH Workforce Development" sheetId="11" r:id="rId5"/>
     <sheet name="6. SOMAH Technical Assistance" sheetId="13" r:id="rId6"/>
     <sheet name="7. Incentive Payments" sheetId="21" r:id="rId7"/>
-    <sheet name="8. IOU Collections Details" sheetId="23" r:id="rId8"/>
+    <sheet name="8. IOU Collections Details" sheetId="25" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="TotalAdminBudget" localSheetId="1">'2. Program Funding'!$M$29</definedName>
     <definedName name="TotalAdminBudget">#REF!</definedName>
     <definedName name="TotalIncentiveBudget" localSheetId="1">'2. Program Funding'!$M$30</definedName>
     <definedName name="TotalIncentiveBudget">#REF!</definedName>
     <definedName name="Z_9D8689BD_5DE1_44EE_AD85_AABB805F8C74_.wvu.Cols" localSheetId="0" hidden="1">'1. Expenditures'!#REF!</definedName>
     <definedName name="Z_9D8689BD_5DE1_44EE_AD85_AABB805F8C74_.wvu.Cols" localSheetId="1" hidden="1">'2. Program Funding'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <customWorkbookViews>
     <customWorkbookView name="Sarah Smith - Personal View" guid="{9D8689BD-5DE1-44EE-AD85-AABB805F8C74}" mergeInterval="0" personalView="1" maximized="1" windowWidth="1916" windowHeight="855" tabRatio="790" activeSheetId="2"/>
     <customWorkbookView name="Katrina Morton - Personal View" guid="{524D39D6-D9FA-43B9-A02A-7383F59753BD}" mergeInterval="0" personalView="1" maximized="1" windowWidth="1916" windowHeight="769" tabRatio="790" activeSheetId="2"/>
   </customWorkbookViews>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E139" i="23" l="1"/>
+  <c r="A3" i="25" l="1"/>
+  <c r="A2" i="25"/>
+  <c r="E8" i="25"/>
+  <c r="E9" i="25"/>
+  <c r="E10" i="25"/>
+  <c r="E11" i="25"/>
+  <c r="E12" i="25"/>
+  <c r="E13" i="25"/>
+  <c r="E16" i="25"/>
+  <c r="E17" i="25"/>
+  <c r="E21" i="25"/>
+  <c r="E26" i="25"/>
+  <c r="E31" i="25"/>
+  <c r="E36" i="25"/>
+  <c r="E48" i="25"/>
+  <c r="E49" i="25"/>
+  <c r="E50" i="25"/>
+  <c r="E51" i="25"/>
+  <c r="E53" i="25"/>
+  <c r="E54" i="25"/>
+  <c r="E55" i="25"/>
+  <c r="E57" i="25"/>
+  <c r="E59" i="25"/>
+  <c r="E61" i="25"/>
+  <c r="E63" i="25"/>
+  <c r="E72" i="25"/>
+  <c r="E73" i="25"/>
+  <c r="E74" i="25"/>
+  <c r="E75" i="25"/>
+  <c r="E76" i="25"/>
+  <c r="E77" i="25"/>
+  <c r="E79" i="25"/>
+  <c r="C83" i="25"/>
+  <c r="E82" i="25" s="1"/>
+  <c r="E84" i="25"/>
+  <c r="E86" i="25"/>
+  <c r="E88" i="25"/>
+  <c r="E98" i="25"/>
+  <c r="E99" i="25"/>
+  <c r="E100" i="25"/>
+  <c r="E101" i="25"/>
+  <c r="E102" i="25"/>
+  <c r="E103" i="25"/>
+  <c r="E105" i="25"/>
+  <c r="E109" i="25"/>
+  <c r="E114" i="25"/>
+  <c r="E118" i="25"/>
+  <c r="E122" i="25"/>
+  <c r="E132" i="25"/>
+  <c r="E133" i="25"/>
+  <c r="E134" i="25"/>
+  <c r="E135" i="25"/>
+  <c r="E136" i="25"/>
+  <c r="E137" i="25"/>
+  <c r="E139" i="25"/>
+  <c r="E140" i="25"/>
+  <c r="E142" i="25"/>
+  <c r="E144" i="25"/>
+  <c r="E146" i="25" l="1"/>
+  <c r="E65" i="25"/>
+  <c r="E41" i="25"/>
+  <c r="E125" i="25"/>
+  <c r="E90" i="25"/>
   <c r="W17" i="21" l="1"/>
-  <c r="E137" i="23"/>
-[...53 lines deleted...]
-  <c r="E8" i="23"/>
   <c r="I12" i="22"/>
   <c r="J12" i="22"/>
   <c r="K12" i="22"/>
   <c r="L12" i="22"/>
   <c r="C12" i="22"/>
   <c r="D12" i="22"/>
   <c r="E12" i="22"/>
   <c r="F12" i="22"/>
   <c r="G12" i="22"/>
   <c r="H12" i="22"/>
   <c r="B12" i="22"/>
-  <c r="E120" i="23" l="1"/>
-[...2 lines deleted...]
-  <c r="E39" i="23"/>
   <c r="Q33" i="7" l="1"/>
   <c r="J34" i="7"/>
   <c r="K34" i="7"/>
   <c r="L34" i="7"/>
   <c r="M34" i="7"/>
   <c r="N34" i="7"/>
   <c r="O34" i="7"/>
   <c r="P34" i="7"/>
   <c r="C34" i="7"/>
   <c r="I34" i="7" l="1"/>
   <c r="R12" i="1" l="1"/>
   <c r="H34" i="7" l="1"/>
   <c r="BC26" i="21"/>
   <c r="BC8" i="21"/>
   <c r="BC9" i="21"/>
   <c r="BC10" i="21"/>
   <c r="BC11" i="21"/>
   <c r="BC12" i="21"/>
   <c r="BC13" i="21"/>
   <c r="BC14" i="21"/>
   <c r="BC15" i="21"/>
   <c r="BC16" i="21"/>
   <c r="BC7" i="21"/>
   <c r="AU28" i="21"/>
   <c r="AV28" i="21"/>
@@ -193,110 +197,105 @@
   <c r="BB17" i="21"/>
   <c r="P10" i="1"/>
   <c r="Q10" i="1"/>
   <c r="P9" i="1"/>
   <c r="Q9" i="1"/>
   <c r="P8" i="1"/>
   <c r="P7" i="1"/>
   <c r="Q7" i="1"/>
   <c r="P14" i="1"/>
   <c r="Q14" i="1"/>
   <c r="P11" i="13"/>
   <c r="Q11" i="13"/>
   <c r="O26" i="11"/>
   <c r="P26" i="11"/>
   <c r="Q8" i="1"/>
   <c r="O34" i="18"/>
   <c r="P34" i="18"/>
   <c r="Q11" i="1" l="1"/>
   <c r="Q15" i="1" s="1"/>
   <c r="BC23" i="21"/>
   <c r="BC24" i="21"/>
   <c r="BC25" i="21"/>
   <c r="BC27" i="21"/>
   <c r="P11" i="1"/>
   <c r="P15" i="1" s="1"/>
-  <c r="H12" i="1" l="1"/>
   <c r="G34" i="7" l="1"/>
   <c r="AR17" i="21" l="1"/>
   <c r="AS17" i="21"/>
   <c r="AT17" i="21"/>
   <c r="AQ17" i="21"/>
   <c r="AN17" i="21"/>
   <c r="AO17" i="21"/>
   <c r="AP17" i="21"/>
   <c r="AM17" i="21"/>
   <c r="AJ17" i="21"/>
   <c r="AK17" i="21"/>
   <c r="AL17" i="21"/>
   <c r="AI17" i="21"/>
   <c r="AF17" i="21"/>
   <c r="AG17" i="21"/>
   <c r="AH17" i="21"/>
   <c r="AE17" i="21"/>
   <c r="AB17" i="21"/>
   <c r="AC17" i="21"/>
   <c r="AD17" i="21"/>
   <c r="AA17" i="21"/>
   <c r="X17" i="21"/>
   <c r="Y17" i="21"/>
   <c r="Z17" i="21"/>
-  <c r="G12" i="1" l="1"/>
-  <c r="T17" i="21"/>
+  <c r="T17" i="21" l="1"/>
   <c r="U17" i="21"/>
   <c r="V17" i="21"/>
   <c r="S17" i="21"/>
   <c r="P17" i="21"/>
   <c r="Q17" i="21"/>
   <c r="R17" i="21"/>
   <c r="O17" i="21"/>
   <c r="M17" i="21"/>
   <c r="N17" i="21"/>
   <c r="H17" i="21"/>
   <c r="G17" i="21"/>
   <c r="F17" i="21"/>
   <c r="C17" i="21"/>
   <c r="D17" i="21"/>
   <c r="E17" i="21"/>
   <c r="B17" i="21"/>
   <c r="F34" i="7" l="1"/>
-  <c r="F12" i="1"/>
   <c r="L17" i="21" l="1"/>
   <c r="K17" i="21"/>
   <c r="I10" i="21" l="1"/>
   <c r="J10" i="21" l="1"/>
   <c r="J9" i="21"/>
   <c r="J17" i="21" s="1"/>
   <c r="I9" i="21"/>
   <c r="I8" i="21"/>
   <c r="I17" i="21" s="1"/>
   <c r="Q21" i="18" l="1"/>
   <c r="Q19" i="11"/>
   <c r="R8" i="13"/>
   <c r="E34" i="7" l="1"/>
-  <c r="A3" i="23"/>
-  <c r="A2" i="23"/>
   <c r="A3" i="22" l="1"/>
   <c r="A2" i="22"/>
   <c r="A2" i="18"/>
   <c r="L33" i="22" l="1"/>
   <c r="K33" i="22"/>
   <c r="J33" i="22"/>
   <c r="I33" i="22"/>
   <c r="H33" i="22"/>
   <c r="G33" i="22"/>
   <c r="F33" i="22"/>
   <c r="E33" i="22"/>
   <c r="D33" i="22"/>
   <c r="C33" i="22"/>
   <c r="B33" i="22"/>
   <c r="L32" i="22"/>
   <c r="K32" i="22"/>
   <c r="J32" i="22"/>
   <c r="I32" i="22"/>
   <c r="H32" i="22"/>
   <c r="G32" i="22"/>
   <c r="F32" i="22"/>
   <c r="E32" i="22"/>
   <c r="D32" i="22"/>
   <c r="C32" i="22"/>
   <c r="B32" i="22"/>
@@ -542,57 +541,57 @@
   <c r="A3" i="11"/>
   <c r="A3" i="7"/>
   <c r="BC17" i="21" l="1"/>
   <c r="BC28" i="21"/>
   <c r="E14" i="1"/>
   <c r="G14" i="1"/>
   <c r="H14" i="1"/>
   <c r="I14" i="1"/>
   <c r="J14" i="1"/>
   <c r="K14" i="1"/>
   <c r="L14" i="1"/>
   <c r="M14" i="1"/>
   <c r="N14" i="1"/>
   <c r="O14" i="1"/>
   <c r="C14" i="1"/>
   <c r="A3" i="18" l="1"/>
   <c r="C26" i="11" l="1"/>
   <c r="D9" i="1" l="1"/>
   <c r="O7" i="1" l="1"/>
   <c r="N7" i="1"/>
   <c r="M7" i="1"/>
   <c r="L7" i="1"/>
   <c r="K7" i="1"/>
   <c r="J7" i="1"/>
   <c r="I7" i="1"/>
-  <c r="R7" i="1" s="1"/>
   <c r="H7" i="1"/>
   <c r="G7" i="1"/>
   <c r="F7" i="1"/>
   <c r="E7" i="1"/>
   <c r="A1" i="18"/>
-  <c r="T7" i="1" l="1"/>
+  <c r="R7" i="1" l="1"/>
+  <c r="T7" i="1" s="1"/>
   <c r="T12" i="1"/>
   <c r="C11" i="13" l="1"/>
   <c r="D11" i="13"/>
   <c r="E11" i="13"/>
   <c r="E10" i="1" s="1"/>
   <c r="F11" i="13"/>
   <c r="F10" i="1" s="1"/>
   <c r="G11" i="13"/>
   <c r="G10" i="1" s="1"/>
   <c r="H11" i="13"/>
   <c r="H10" i="1" s="1"/>
   <c r="I11" i="13"/>
   <c r="J11" i="13"/>
   <c r="J10" i="1" s="1"/>
   <c r="K11" i="13"/>
   <c r="K10" i="1" s="1"/>
   <c r="L11" i="13"/>
   <c r="L10" i="1" s="1"/>
   <c r="M11" i="13"/>
   <c r="M10" i="1" s="1"/>
   <c r="N11" i="13"/>
   <c r="N10" i="1" s="1"/>
   <c r="O11" i="13"/>
   <c r="O10" i="1" s="1"/>
   <c r="F8" i="1"/>
@@ -634,80 +633,80 @@
   <c r="T8" i="1" s="1"/>
   <c r="D10" i="1"/>
   <c r="L11" i="1"/>
   <c r="L15" i="1" s="1"/>
   <c r="H11" i="1"/>
   <c r="H15" i="1" s="1"/>
   <c r="E9" i="1"/>
   <c r="C10" i="1"/>
   <c r="C11" i="1" s="1"/>
   <c r="J11" i="1"/>
   <c r="J15" i="1" s="1"/>
   <c r="F11" i="1"/>
   <c r="M11" i="1"/>
   <c r="M15" i="1" s="1"/>
   <c r="I11" i="1"/>
   <c r="I15" i="1" s="1"/>
   <c r="O11" i="1"/>
   <c r="O15" i="1" s="1"/>
   <c r="K11" i="1"/>
   <c r="K15" i="1" s="1"/>
   <c r="G11" i="1"/>
   <c r="G15" i="1" s="1"/>
   <c r="N11" i="1"/>
   <c r="N15" i="1" s="1"/>
   <c r="R10" i="1" l="1"/>
+  <c r="R11" i="1" s="1"/>
   <c r="R9" i="1"/>
-  <c r="R11" i="1" s="1"/>
   <c r="E11" i="1"/>
   <c r="E15" i="1" s="1"/>
   <c r="T9" i="1"/>
-  <c r="T10" i="1"/>
   <c r="D11" i="1"/>
   <c r="A2" i="13"/>
   <c r="A1" i="13"/>
   <c r="A2" i="11"/>
   <c r="A1" i="11"/>
-  <c r="D15" i="1" l="1"/>
+  <c r="T10" i="1" l="1"/>
+  <c r="D15" i="1"/>
   <c r="C15" i="1"/>
   <c r="A2" i="7"/>
   <c r="A1" i="7"/>
   <c r="T11" i="1" l="1"/>
   <c r="R13" i="1" l="1"/>
   <c r="F14" i="1" l="1"/>
   <c r="F15" i="1" s="1"/>
   <c r="T13" i="1" l="1"/>
   <c r="R14" i="1"/>
   <c r="T14" i="1" l="1"/>
   <c r="R15" i="1"/>
   <c r="S15" i="1" l="1"/>
   <c r="T15" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="632" uniqueCount="377">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="640" uniqueCount="380">
   <si>
     <t>SOMAH Program Administrator</t>
   </si>
   <si>
     <t>Table 1. Budget</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Activity Details</t>
   </si>
   <si>
     <t>Total SOMAH Expenses</t>
   </si>
   <si>
     <t>Balance</t>
   </si>
   <si>
     <t>% of Total Admin Budget Spent</t>
   </si>
   <si>
     <t>SOMAH Program Admin</t>
   </si>
   <si>
@@ -1556,330 +1555,340 @@
   <si>
     <t>D.21-01-017</t>
   </si>
   <si>
     <t>Q4 2019 True-Up</t>
   </si>
   <si>
     <t>Q1-Q2 2020 True-Up</t>
   </si>
   <si>
     <t>D.21-12-040</t>
   </si>
   <si>
     <t>Total SDG&amp;E Collections</t>
   </si>
   <si>
     <t xml:space="preserve">*SDG&amp;E Q1-Q2 2020 funding was based on quarterly GHG revenue forecasted funds. </t>
   </si>
   <si>
     <t>**SDG&amp;E Q3-Q4 2020 Set-Aside was based on the GHG revenue forecasted funds, and was released in Q1 2021.</t>
   </si>
   <si>
     <t>***SDG&amp;E 2021 Set-Aside was based on the GHG revenue forecasted funds, and was released in Q1 2021.</t>
   </si>
   <si>
+    <t>Calendar Year ECAC Forecast</t>
+  </si>
+  <si>
+    <t xml:space="preserve">D.20-05-011 </t>
+  </si>
+  <si>
+    <t>D.21-03-007</t>
+  </si>
+  <si>
+    <t>D.22-03-014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">*PacifiCorp Q1-Q2 2020 funding was based on quarterly GHG revenue actuals. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">***PacifiCorp 2021 Set-Aside was based on the GHG revenue forecasted funds, and was released quarterly. </t>
+  </si>
+  <si>
+    <t>Table 18. Liberty Utilities Company Collections</t>
+  </si>
+  <si>
+    <t>Actual Set-Aside per Calendar Year</t>
+  </si>
+  <si>
+    <t>D.20-05-044</t>
+  </si>
+  <si>
+    <t>D.21-05-005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">*Liberty Q1-Q2 2020 funding was based on quarterly GHG revenue forecasted funds. </t>
+  </si>
+  <si>
+    <t>**Liberty Q3-Q4 2020 Set-Aside was based on the GHG revenue forecasted funds, and was released in Q2 2021.</t>
+  </si>
+  <si>
+    <t>***Liberty 2021 Set-Aside was based on the GHG revenue forecasted funds, and was released in Q2 2021.</t>
+  </si>
+  <si>
+    <t>Q1 2022 Set-Aside***</t>
+  </si>
+  <si>
+    <t>D.22-09-013</t>
+  </si>
+  <si>
+    <t>2022***</t>
+  </si>
+  <si>
+    <t>**2020 Collections for PacifiCorp Company and Liberty Utilities Company only represent the first half of Calendar Year 2020. The second half of Calendar Year 2020 was included in the 2021 ECAC Applications.</t>
+  </si>
+  <si>
+    <t>D.23-03-008</t>
+  </si>
+  <si>
+    <t>Q1 2023 Set-Aside</t>
+  </si>
+  <si>
+    <t>Q2 2023 Set-Aside</t>
+  </si>
+  <si>
+    <t>Q3 2023 Set-Aside</t>
+  </si>
+  <si>
+    <t>Q4 2023 Set-Aside</t>
+  </si>
+  <si>
+    <t>2021 True-Up</t>
+  </si>
+  <si>
+    <t>D.22-12-044</t>
+  </si>
+  <si>
+    <t>D.22-12-012</t>
+  </si>
+  <si>
+    <t>2023 Set-Aside</t>
+  </si>
+  <si>
+    <t>D.22-12-042</t>
+  </si>
+  <si>
+    <t>D.20-12-035</t>
+  </si>
+  <si>
+    <t>2022 True-Up</t>
+  </si>
+  <si>
+    <t>Q1 2024 Set-Aside</t>
+  </si>
+  <si>
+    <t>Q2 2024 Set-Aside</t>
+  </si>
+  <si>
+    <t>D.15-12-033</t>
+  </si>
+  <si>
+    <t>D.16-12-054</t>
+  </si>
+  <si>
+    <t>D.17-12-018</t>
+  </si>
+  <si>
+    <t>D.19-02-024</t>
+  </si>
+  <si>
+    <t>2018 True-Up</t>
+  </si>
+  <si>
+    <t>2019/2020 True-up</t>
+  </si>
+  <si>
+    <t>2022 True-up</t>
+  </si>
+  <si>
+    <t>D.23-11-094</t>
+  </si>
+  <si>
+    <t>2024 Set-Aside</t>
+  </si>
+  <si>
+    <t>D.17-12-014</t>
+  </si>
+  <si>
+    <t>D.18-12-016</t>
+  </si>
+  <si>
+    <t>Q4 2020 True-Up</t>
+  </si>
+  <si>
+    <t>D.18-03-024</t>
+  </si>
+  <si>
+    <t>Q4 2020 True Up</t>
+  </si>
+  <si>
+    <t>D.24-02-021</t>
+  </si>
+  <si>
+    <t>2022 True Up</t>
+  </si>
+  <si>
+    <t>Q1 2031</t>
+  </si>
+  <si>
+    <t>Q1 2032</t>
+  </si>
+  <si>
+    <t>Q2 2031</t>
+  </si>
+  <si>
+    <t>Q3 2031</t>
+  </si>
+  <si>
+    <t>Q4 2031</t>
+  </si>
+  <si>
+    <t>Q2 2032</t>
+  </si>
+  <si>
+    <t>Q3 2032</t>
+  </si>
+  <si>
+    <t>Q4 2032</t>
+  </si>
+  <si>
+    <t>Q3 2024 Set-Aside</t>
+  </si>
+  <si>
+    <t>Q4 2024 Set-Aside</t>
+  </si>
+  <si>
+    <t xml:space="preserve">D.23-12-021 </t>
+  </si>
+  <si>
+    <t>D.24-03-011</t>
+  </si>
+  <si>
+    <t>Table 6. Program Admin Expenditures (April 1, 2019 - December 31, 2032)*</t>
+  </si>
+  <si>
+    <t>Table 8. Marketing, Education &amp; Outreach (ME&amp;O) Expenditures (April 1, 2019 - December 31, 2032)*</t>
+  </si>
+  <si>
+    <t>Table 10. Workforce Development (WFD) Expenditures (April 1, 2019 - December 31, 2032)*</t>
+  </si>
+  <si>
+    <t>Table 7. Marketing, Education &amp; Outreach (ME&amp;O) Expenditures (April 9, 2018 - March 31, 2019)*</t>
+  </si>
+  <si>
+    <t>Table 9. Workforce Development (WFD) Expenditures (April 9, 2018 - March 31, 2019)*</t>
+  </si>
+  <si>
+    <t>Liberty and PacifiCorp ME&amp;O**</t>
+  </si>
+  <si>
+    <t>Liberty and PacifiCorp territory ME&amp;O efforts</t>
+  </si>
+  <si>
+    <t>D.22-12-043</t>
+  </si>
+  <si>
+    <t>2023 True-Up</t>
+  </si>
+  <si>
+    <t>Q1 2025 Set-Aside</t>
+  </si>
+  <si>
+    <t>Q2 2025 Set-Aside</t>
+  </si>
+  <si>
+    <t>Final 2023 True-up</t>
+  </si>
+  <si>
+    <t>D.24-12-039</t>
+  </si>
+  <si>
+    <t>2024 True-up</t>
+  </si>
+  <si>
+    <t>2025 Set-Aside</t>
+  </si>
+  <si>
+    <t>D.24-12-040</t>
+  </si>
+  <si>
+    <t>2022 True-Up Correction****</t>
+  </si>
+  <si>
+    <t>D.25-03-007</t>
+  </si>
+  <si>
+    <t>***Decision (D.) 22-09-009 amended D.17-12-022, for the SOMAH forecast budgeting process. Each IOU can propose to set aside 10% or their proportionate share of $100 million for SOMAH, whichever is less, if they adequately show that the IOUs' collective revenue from the sale of greenhouse gas allowances defined in Public Util. Code Section 748.5 will equal or exceed $100 million. The SOMAH PA releases funds based on the IOUs’ set-asides, then trues-up the final three months of the year once the IOUs submit their Joint Advice Letter. 2022 figures were amended through a true-up filed in 2023 for the 2024 forecast year; more detail can be seen on "Sheet 8. IOU Collections Details", Tables 14 - 18.</t>
+  </si>
+  <si>
+    <t>Reporting Data Through: December 31, 2025</t>
+  </si>
+  <si>
+    <t>Reporting Date: January 30, 2026</t>
+  </si>
+  <si>
+    <t>Total Liberty Utilities Company Collections</t>
+  </si>
+  <si>
+    <t>D.25-08-012</t>
+  </si>
+  <si>
+    <t>2023 true Up</t>
+  </si>
+  <si>
+    <t xml:space="preserve">**PacifiCorp Q3-Q3 2020 funding was based on quarterly GHG revenue actuals, and was released in Q2 2021. </t>
+  </si>
+  <si>
+    <t>Total Pacific Power Company Collections</t>
+  </si>
+  <si>
+    <t>Q3 2025 Set-Aside</t>
+  </si>
+  <si>
+    <t>****SDG&amp;E 2022 True-Up Correction was released in Q1 2025</t>
+  </si>
+  <si>
+    <t>Q4 2025 Set-Aside</t>
+  </si>
+  <si>
     <t>Table 17. PacifiCorp Company Collections</t>
   </si>
   <si>
-    <t>Calendar Year ECAC Forecast</t>
-[...245 lines deleted...]
-    <t>Columns AJ-BB hidden until needed</t>
+    <t>Columns AM-BB hidden until needed</t>
+  </si>
+  <si>
+    <t xml:space="preserve">** As an outcome of D.24-11-006, tracking for the Liberty and PacifiCorp ME&amp;O efforts starts in 2025 and is set to end at the conclusion of 2029. </t>
   </si>
   <si>
     <t>D.23-12-022</t>
   </si>
   <si>
     <t>D.24-12-038</t>
-  </si>
-[...10 lines deleted...]
-    <t>****Liberty collections for 2024-2025 remain pending a CPUC Decision on Liberty’s 2024 ECAC Application, A.24-04-010, anticipated no later than Q4 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="5">
+  <numFmts count="6">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00"/>
+    <numFmt numFmtId="167" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="31" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
@@ -2110,51 +2119,51 @@
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="lightUp"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="42">
+  <borders count="43">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
@@ -2614,73 +2623,82 @@
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
-      <top style="thin">
+      <right style="thin">
         <color indexed="64"/>
-      </top>
+      </right>
+      <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="268">
+  <cellXfs count="277">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="10" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -3074,56 +3092,50 @@
     </xf>
     <xf numFmtId="9" fontId="5" fillId="9" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="9" fontId="5" fillId="0" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="9" fontId="5" fillId="0" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="9" fontId="5" fillId="0" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="7" borderId="11" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="7" borderId="11" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="7" borderId="11" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="4" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="4" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1"/>
@@ -3144,53 +3156,50 @@
     <xf numFmtId="3" fontId="30" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="3" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="6" fillId="0" borderId="24" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="7" borderId="1" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="4" borderId="30" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="2" borderId="24" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="5" borderId="24" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="24" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="7" borderId="4" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="27" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="15" fillId="7" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="21" fillId="7" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="4" borderId="13" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="44" fontId="12" fillId="7" borderId="7" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="21" fillId="7" borderId="7" xfId="6" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="10" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="14" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="9" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="9" borderId="24" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
@@ -3200,227 +3209,259 @@
     </xf>
     <xf numFmtId="164" fontId="0" fillId="7" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="36" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="7" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="44" fontId="11" fillId="7" borderId="12" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="11" fillId="7" borderId="21" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...31 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="15" fillId="7" borderId="25" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="7" borderId="34" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="7" borderId="37" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="44" fontId="0" fillId="7" borderId="1" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="1" fillId="7" borderId="1" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="7" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="5" fillId="7" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="7" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="6" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" indent="1"/>
+    <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" indent="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="30" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="7" borderId="33" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="44" fontId="0" fillId="7" borderId="1" xfId="6" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="7" borderId="12" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="7" borderId="24" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="7" borderId="4" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="7" borderId="11" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
+    <xf numFmtId="164" fontId="15" fillId="7" borderId="1" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="7" borderId="4" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="7" borderId="12" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="7" borderId="11" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
+    <xf numFmtId="164" fontId="15" fillId="7" borderId="21" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="164" fontId="15" fillId="7" borderId="1" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="164" fontId="15" fillId="7" borderId="33" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="164" fontId="15" fillId="7" borderId="21" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="7" borderId="1" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...37 lines deleted...]
-    <xf numFmtId="164" fontId="15" fillId="7" borderId="1" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="7" borderId="12" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="164" fontId="15" fillId="7" borderId="33" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="15" fillId="7" borderId="32" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="7" borderId="42" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="7" borderId="41" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="10">
     <cellStyle name="Comma" xfId="8" builtinId="3"/>
     <cellStyle name="Currency" xfId="6" builtinId="4"/>
     <cellStyle name="Currency 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Currency 4" xfId="5" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="7" xr:uid="{51EDD1D5-8F29-4130-B84D-F9386ACE5AA9}"/>
     <cellStyle name="Normal 2 2 2" xfId="9" xr:uid="{926DCE92-27F3-4FFC-BDDF-07BD59B8CC7B}"/>
     <cellStyle name="Normal 3 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 79" xfId="3" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3692,106 +3733,110 @@
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:U17"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="2" topLeftCell="C1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="D8" sqref="D8"/>
+      <selection pane="topRight" activeCell="J17" sqref="J17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="43.42578125" style="6" customWidth="1"/>
     <col min="2" max="2" width="26" style="6" customWidth="1"/>
     <col min="3" max="18" width="18.140625" style="6" customWidth="1"/>
     <col min="19" max="19" width="15" style="6" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="19.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="12.140625" style="6" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="9.140625" style="6"/>
     <col min="23" max="23" width="12.140625" style="6" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="12.42578125" style="6" customWidth="1"/>
     <col min="25" max="25" width="9.140625" style="6"/>
     <col min="26" max="26" width="9.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="15.140625" style="6" bestFit="1" customWidth="1"/>
     <col min="28" max="16384" width="9.140625" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="128" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="S1" s="3"/>
       <c r="T1" s="4"/>
       <c r="U1" s="4"/>
     </row>
     <row r="2" spans="1:21" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A2" s="180" t="s">
-        <v>357</v>
+      <c r="A2" s="178" t="s">
+        <v>366</v>
       </c>
       <c r="B2" s="5"/>
       <c r="C2" s="6"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5"/>
       <c r="G2" s="5"/>
       <c r="H2" s="5"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="6"/>
       <c r="L2" s="6"/>
       <c r="M2" s="6"/>
       <c r="U2" s="4"/>
     </row>
     <row r="3" spans="1:21" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A3" s="181" t="s">
-        <v>358</v>
+      <c r="A3" s="179" t="s">
+        <v>365</v>
       </c>
       <c r="B3" s="5"/>
       <c r="C3" s="6"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="5"/>
       <c r="G3" s="5"/>
       <c r="H3" s="5"/>
       <c r="I3" s="6"/>
       <c r="J3" s="6"/>
       <c r="K3" s="6"/>
       <c r="L3" s="6"/>
       <c r="M3" s="6"/>
       <c r="U3" s="4"/>
     </row>
     <row r="4" spans="1:21" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B4" s="6"/>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="29"/>
       <c r="F4" s="29"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="6"/>
       <c r="J4" s="6"/>
@@ -3882,1100 +3927,1099 @@
         <f>SUM('3. SOMAH Program Admin'!D16+'3. SOMAH Program Admin'!C34)</f>
         <v>3361235.9522190001</v>
       </c>
       <c r="E7" s="33">
         <f>'3. SOMAH Program Admin'!D34</f>
         <v>4007489.2824000027</v>
       </c>
       <c r="F7" s="33">
         <f>'3. SOMAH Program Admin'!E34</f>
         <v>3819534.1608076734</v>
       </c>
       <c r="G7" s="33">
         <f>'3. SOMAH Program Admin'!F34</f>
         <v>3708070.1409267485</v>
       </c>
       <c r="H7" s="33">
         <f>'3. SOMAH Program Admin'!G34</f>
         <v>3609332.625500001</v>
       </c>
       <c r="I7" s="33">
         <f>'3. SOMAH Program Admin'!H34</f>
         <v>3435812.7578999992</v>
       </c>
       <c r="J7" s="33">
         <f>'3. SOMAH Program Admin'!I34</f>
-        <v>1770597.8699999999</v>
+        <v>3371175</v>
       </c>
       <c r="K7" s="33">
         <f>'3. SOMAH Program Admin'!J34</f>
         <v>0</v>
       </c>
       <c r="L7" s="33">
         <f>'3. SOMAH Program Admin'!K34</f>
         <v>0</v>
       </c>
       <c r="M7" s="33">
         <f>'3. SOMAH Program Admin'!L34</f>
         <v>0</v>
       </c>
       <c r="N7" s="33">
         <f>'3. SOMAH Program Admin'!M34</f>
         <v>0</v>
       </c>
       <c r="O7" s="33">
         <f>'3. SOMAH Program Admin'!N34</f>
         <v>0</v>
       </c>
       <c r="P7" s="33">
         <f>'3. SOMAH Program Admin'!O34</f>
         <v>0</v>
       </c>
       <c r="Q7" s="33">
         <f>'3. SOMAH Program Admin'!P34</f>
         <v>0</v>
       </c>
       <c r="R7" s="66">
         <f>SUM(C7:Q7)</f>
-        <v>25608417.929753426</v>
+        <v>27208995.059753425</v>
       </c>
       <c r="S7" s="42"/>
       <c r="T7" s="164">
         <f>R7/'2. Program Funding'!M34</f>
-        <v>0.29258100375865542</v>
+        <v>0.30350948970968256</v>
       </c>
     </row>
     <row r="8" spans="1:21" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A8" s="117" t="s">
         <v>9</v>
       </c>
       <c r="B8" s="125" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="7">
         <f>'4. SOMAH Marketing &amp; Outreach'!C16</f>
         <v>412041</v>
       </c>
       <c r="D8" s="7">
         <f>SUM('4. SOMAH Marketing &amp; Outreach'!D16+'4. SOMAH Marketing &amp; Outreach'!C34)</f>
         <v>1681468.3612800003</v>
       </c>
       <c r="E8" s="7">
         <f>'4. SOMAH Marketing &amp; Outreach'!D34</f>
         <v>2158198.0299987001</v>
       </c>
       <c r="F8" s="7">
         <f>'4. SOMAH Marketing &amp; Outreach'!E34</f>
         <v>2817200.1891806237</v>
       </c>
       <c r="G8" s="7">
         <f>'4. SOMAH Marketing &amp; Outreach'!F34</f>
         <v>3235065.3123963992</v>
       </c>
       <c r="H8" s="7">
         <f>'4. SOMAH Marketing &amp; Outreach'!G34</f>
         <v>2895156.1754999994</v>
       </c>
       <c r="I8" s="7">
         <f>'4. SOMAH Marketing &amp; Outreach'!H34</f>
         <v>2470889.7749999999</v>
       </c>
       <c r="J8" s="7">
         <f>'4. SOMAH Marketing &amp; Outreach'!I34</f>
-        <v>1013248.7199999996</v>
+        <v>2039649.5799999994</v>
       </c>
       <c r="K8" s="7">
         <f>'4. SOMAH Marketing &amp; Outreach'!J34</f>
         <v>0</v>
       </c>
       <c r="L8" s="7">
         <f>'4. SOMAH Marketing &amp; Outreach'!K34</f>
         <v>0</v>
       </c>
       <c r="M8" s="7">
         <f>'4. SOMAH Marketing &amp; Outreach'!L34</f>
         <v>0</v>
       </c>
       <c r="N8" s="7">
         <f>'4. SOMAH Marketing &amp; Outreach'!M34</f>
         <v>0</v>
       </c>
       <c r="O8" s="7">
         <f>'4. SOMAH Marketing &amp; Outreach'!N34</f>
         <v>0</v>
       </c>
       <c r="P8" s="7">
         <f>'4. SOMAH Marketing &amp; Outreach'!O34</f>
         <v>0</v>
       </c>
       <c r="Q8" s="7">
         <f>'4. SOMAH Marketing &amp; Outreach'!P34</f>
         <v>0</v>
       </c>
       <c r="R8" s="67">
         <f>SUM(C8:Q8)</f>
-        <v>16683267.563355723</v>
+        <v>17709668.423355725</v>
       </c>
       <c r="S8" s="42"/>
       <c r="T8" s="164">
         <f>R8/'2. Program Funding'!M34</f>
-        <v>0.19060947783070775</v>
+        <v>0.19754689264694528</v>
       </c>
     </row>
     <row r="9" spans="1:21" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A9" s="117" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="125" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="7">
         <f>'5. SOMAH Workforce Development'!C14</f>
         <v>22049.47</v>
       </c>
       <c r="D9" s="7">
         <f>SUM('5. SOMAH Workforce Development'!D14+'5. SOMAH Workforce Development'!C26)</f>
         <v>282027.20750000002</v>
       </c>
       <c r="E9" s="7">
         <f>'5. SOMAH Workforce Development'!D26</f>
         <v>497326.70850000012</v>
       </c>
       <c r="F9" s="7">
         <f>'5. SOMAH Workforce Development'!E26</f>
         <v>512235.32000000007</v>
       </c>
       <c r="G9" s="7">
         <f>'5. SOMAH Workforce Development'!F26</f>
         <v>552899.70000000007</v>
       </c>
       <c r="H9" s="7">
         <f>'5. SOMAH Workforce Development'!G26</f>
         <v>443027.75999999995</v>
       </c>
       <c r="I9" s="7">
         <f>'5. SOMAH Workforce Development'!H26</f>
         <v>311620.76000000007</v>
       </c>
       <c r="J9" s="7">
         <f>'5. SOMAH Workforce Development'!I26</f>
-        <v>147118.85</v>
+        <v>260356.27000000002</v>
       </c>
       <c r="K9" s="7">
         <f>'5. SOMAH Workforce Development'!J26</f>
         <v>0</v>
       </c>
       <c r="L9" s="7">
         <f>'5. SOMAH Workforce Development'!K26</f>
         <v>0</v>
       </c>
       <c r="M9" s="7">
         <f>'5. SOMAH Workforce Development'!L26</f>
         <v>0</v>
       </c>
       <c r="N9" s="7">
         <f>'5. SOMAH Workforce Development'!M26</f>
         <v>0</v>
       </c>
       <c r="O9" s="7">
         <f>'5. SOMAH Workforce Development'!N26</f>
         <v>0</v>
       </c>
       <c r="P9" s="7">
         <f>'5. SOMAH Workforce Development'!O26</f>
         <v>0</v>
       </c>
       <c r="Q9" s="7">
         <f>'5. SOMAH Workforce Development'!P26</f>
         <v>0</v>
       </c>
       <c r="R9" s="67">
         <f>SUM(C9:Q9)</f>
-        <v>2768305.7760000005</v>
+        <v>2881543.1960000005</v>
       </c>
       <c r="S9" s="42"/>
       <c r="T9" s="164">
         <f>R9/'2. Program Funding'!M34</f>
-        <v>3.1628415502853453E-2</v>
+        <v>3.2142888889270638E-2</v>
       </c>
     </row>
     <row r="10" spans="1:21" ht="26.25" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="118" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="125" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="37">
         <f>'6. SOMAH Technical Assistance'!C11</f>
         <v>0</v>
       </c>
       <c r="D10" s="37">
         <f>SUM('6. SOMAH Technical Assistance'!D11)</f>
         <v>232940.64500000002</v>
       </c>
       <c r="E10" s="37">
         <f>'6. SOMAH Technical Assistance'!E11</f>
         <v>186594.241243</v>
       </c>
       <c r="F10" s="37">
         <f>'6. SOMAH Technical Assistance'!F11</f>
         <v>231038.96340000007</v>
       </c>
       <c r="G10" s="37">
         <f>'6. SOMAH Technical Assistance'!G11</f>
         <v>494055.60243500001</v>
       </c>
       <c r="H10" s="37">
         <f>'6. SOMAH Technical Assistance'!H11</f>
         <v>447149.76500000001</v>
       </c>
       <c r="I10" s="37">
         <f>'6. SOMAH Technical Assistance'!I11</f>
         <v>532630.07499999995</v>
       </c>
       <c r="J10" s="37">
         <f>'6. SOMAH Technical Assistance'!J11</f>
-        <v>354280.35000000003</v>
+        <v>672346.06</v>
       </c>
       <c r="K10" s="37">
         <f>'6. SOMAH Technical Assistance'!K11</f>
         <v>0</v>
       </c>
       <c r="L10" s="37">
         <f>'6. SOMAH Technical Assistance'!L11</f>
         <v>0</v>
       </c>
       <c r="M10" s="37">
         <f>'6. SOMAH Technical Assistance'!M11</f>
         <v>0</v>
       </c>
       <c r="N10" s="37">
         <f>'6. SOMAH Technical Assistance'!N11</f>
         <v>0</v>
       </c>
       <c r="O10" s="37">
         <f>'6. SOMAH Technical Assistance'!O11</f>
         <v>0</v>
       </c>
       <c r="P10" s="37">
         <f>'6. SOMAH Technical Assistance'!P11</f>
         <v>0</v>
       </c>
       <c r="Q10" s="37">
         <f>'6. SOMAH Technical Assistance'!Q11</f>
         <v>0</v>
       </c>
       <c r="R10" s="68">
         <f>SUM(C10:Q10)</f>
-        <v>2478689.6420780006</v>
+        <v>2796755.3520780005</v>
       </c>
       <c r="S10" s="44"/>
       <c r="T10" s="165">
         <f>R10/'2. Program Funding'!M34</f>
-        <v>2.8319496560650928E-2</v>
+        <v>3.1197101836649383E-2</v>
       </c>
     </row>
     <row r="11" spans="1:21" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A11" s="38" t="s">
         <v>15</v>
       </c>
       <c r="B11" s="126"/>
       <c r="C11" s="36">
         <f>SUM(C7:C10)</f>
         <v>2330435.6100000003</v>
       </c>
       <c r="D11" s="36">
         <f>SUM(D7:D10)</f>
         <v>5557672.165998999</v>
       </c>
       <c r="E11" s="36">
         <f t="shared" ref="E11:Q11" si="0">SUM(E7:E10)</f>
         <v>6849608.2621417027</v>
       </c>
       <c r="F11" s="36">
         <f t="shared" si="0"/>
         <v>7380008.6333882967</v>
       </c>
       <c r="G11" s="36">
         <f t="shared" si="0"/>
         <v>7990090.7557581486</v>
       </c>
       <c r="H11" s="36">
         <f t="shared" si="0"/>
         <v>7394666.3260000004</v>
       </c>
       <c r="I11" s="36">
         <f t="shared" si="0"/>
         <v>6750953.367899999</v>
       </c>
       <c r="J11" s="36">
         <f t="shared" si="0"/>
-        <v>3285245.7899999996</v>
+        <v>6343526.9100000001</v>
       </c>
       <c r="K11" s="36">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L11" s="36">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="M11" s="36">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N11" s="36">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="O11" s="36">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="P11" s="36">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="Q11" s="36">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="R11" s="160">
         <f>SUM(R7:R10)</f>
-        <v>47538680.91118715</v>
+        <v>50596962.031187147</v>
       </c>
       <c r="S11" s="161"/>
       <c r="T11" s="166">
         <f>R11/'2. Program Funding'!M34</f>
-        <v>0.54313839365286753</v>
+        <v>0.56439637308254786</v>
       </c>
     </row>
     <row r="12" spans="1:21" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A12" s="114" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="123" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="47">
         <v>0</v>
       </c>
       <c r="D12" s="47">
         <v>0</v>
       </c>
       <c r="E12" s="47">
         <v>231237.25</v>
       </c>
       <c r="F12" s="47">
-        <f>275907.3+30</f>
         <v>275937.3</v>
       </c>
       <c r="G12" s="47">
-        <f>6535.5+95141.25</f>
         <v>101676.75</v>
       </c>
       <c r="H12" s="47">
-        <f>(243655+5215)</f>
         <v>248870</v>
       </c>
       <c r="I12" s="47">
         <v>0</v>
       </c>
       <c r="J12" s="47">
-        <v>103156.25</v>
+        <v>419606.25</v>
       </c>
       <c r="K12" s="47"/>
       <c r="L12" s="47"/>
       <c r="M12" s="47"/>
       <c r="N12" s="47"/>
       <c r="O12" s="47"/>
       <c r="P12" s="47"/>
       <c r="Q12" s="47"/>
       <c r="R12" s="70">
         <f>SUM(C12:Q12)</f>
-        <v>960877.55</v>
+        <v>1277327.55</v>
       </c>
       <c r="S12" s="44"/>
       <c r="T12" s="164">
         <f>R12/'2. Program Funding'!M34</f>
-        <v>1.0978207198872615E-2</v>
+        <v>1.424826723814078E-2</v>
       </c>
     </row>
     <row r="13" spans="1:21" ht="39" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A13" s="119" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="124" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="49"/>
       <c r="D13" s="49">
         <v>1409932</v>
       </c>
       <c r="E13" s="49">
         <v>1631015.77</v>
       </c>
       <c r="F13" s="49">
         <v>584941</v>
       </c>
       <c r="G13" s="49">
         <v>710505.74</v>
       </c>
       <c r="H13" s="49">
         <v>955726.07000000007</v>
       </c>
       <c r="I13" s="49">
         <v>947771.95</v>
       </c>
       <c r="J13" s="49">
-        <v>737896.95999999996</v>
+        <v>1610439.7</v>
       </c>
       <c r="K13" s="49"/>
       <c r="L13" s="49"/>
       <c r="M13" s="49"/>
       <c r="N13" s="49"/>
       <c r="O13" s="49"/>
       <c r="P13" s="49"/>
       <c r="Q13" s="49"/>
       <c r="R13" s="71">
         <f>SUM(C13:Q13)</f>
-        <v>6977789.4900000002</v>
+        <v>7850332.2300000004</v>
       </c>
       <c r="S13" s="50"/>
       <c r="T13" s="164">
         <f>R13/'2. Program Funding'!M34</f>
-        <v>7.9722560706445553E-2</v>
+        <v>8.7568479612946309E-2</v>
       </c>
     </row>
     <row r="14" spans="1:21" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A14" s="38" t="s">
         <v>20</v>
       </c>
       <c r="B14" s="126"/>
       <c r="C14" s="36">
         <f>C12+C13</f>
         <v>0</v>
       </c>
       <c r="D14" s="36">
         <f>D12+D13</f>
         <v>1409932</v>
       </c>
       <c r="E14" s="36">
         <f t="shared" ref="E14:R14" si="1">E12+E13</f>
         <v>1862253.02</v>
       </c>
       <c r="F14" s="36">
         <f t="shared" si="1"/>
         <v>860878.3</v>
       </c>
       <c r="G14" s="36">
         <f t="shared" si="1"/>
         <v>812182.49</v>
       </c>
       <c r="H14" s="36">
         <f t="shared" si="1"/>
         <v>1204596.07</v>
       </c>
       <c r="I14" s="36">
         <f t="shared" si="1"/>
         <v>947771.95</v>
       </c>
       <c r="J14" s="36">
         <f t="shared" si="1"/>
-        <v>841053.21</v>
+        <v>2030045.95</v>
       </c>
       <c r="K14" s="36">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L14" s="36">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M14" s="36">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="N14" s="36">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="O14" s="36">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="P14" s="36">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="Q14" s="36">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="R14" s="69">
         <f t="shared" si="1"/>
-        <v>7938667.04</v>
+        <v>9127659.7800000012</v>
       </c>
       <c r="S14" s="161"/>
       <c r="T14" s="165">
         <f>R14/'2. Program Funding'!M34</f>
-        <v>9.0700767905318155E-2</v>
+        <v>0.10181674685108709</v>
       </c>
     </row>
     <row r="15" spans="1:21" ht="64.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A15" s="48" t="s">
         <v>21</v>
       </c>
       <c r="B15" s="127" t="s">
         <v>22</v>
       </c>
       <c r="C15" s="74">
         <f>C11+C14</f>
         <v>2330435.6100000003</v>
       </c>
       <c r="D15" s="74">
         <f>D11+D14</f>
         <v>6967604.165998999</v>
       </c>
       <c r="E15" s="74">
         <f t="shared" ref="E15:N15" si="2">E11+E14</f>
         <v>8711861.2821417022</v>
       </c>
       <c r="F15" s="74">
         <f t="shared" si="2"/>
         <v>8240886.9333882965</v>
       </c>
       <c r="G15" s="74">
         <f t="shared" si="2"/>
         <v>8802273.2457581479</v>
       </c>
       <c r="H15" s="74">
         <f t="shared" si="2"/>
         <v>8599262.3959999997</v>
       </c>
       <c r="I15" s="74">
         <f t="shared" si="2"/>
         <v>7698725.3178999992</v>
       </c>
       <c r="J15" s="74">
         <f t="shared" si="2"/>
-        <v>4126298.9999999995</v>
+        <v>8373572.8600000003</v>
       </c>
       <c r="K15" s="74">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L15" s="74">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M15" s="74">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="N15" s="74">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O15" s="74">
         <f>O11+O14</f>
         <v>0</v>
       </c>
       <c r="P15" s="74">
         <f t="shared" ref="P15:Q15" si="3">P11+P14</f>
         <v>0</v>
       </c>
       <c r="Q15" s="74">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="R15" s="75">
         <f>R11+R14</f>
-        <v>55477347.951187149</v>
+        <v>59724621.811187148</v>
       </c>
       <c r="S15" s="162">
         <f>'2. Program Funding'!M34-'1. Expenditures'!R15</f>
-        <v>32048559.748812854</v>
+        <v>29923300.188812852</v>
       </c>
       <c r="T15" s="163">
         <f>R15/'2. Program Funding'!M34</f>
-        <v>0.63383916155818565</v>
+        <v>0.66621311993363497</v>
       </c>
     </row>
     <row r="16" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A16" s="19"/>
       <c r="B16" s="32"/>
       <c r="C16" s="20"/>
       <c r="D16" s="20"/>
       <c r="E16" s="20"/>
       <c r="F16" s="20"/>
       <c r="G16" s="20"/>
       <c r="H16" s="20"/>
       <c r="I16" s="20"/>
       <c r="J16" s="20"/>
       <c r="K16" s="20"/>
       <c r="L16" s="20"/>
       <c r="M16" s="20"/>
       <c r="N16" s="28"/>
       <c r="O16" s="28"/>
       <c r="P16" s="28"/>
       <c r="Q16" s="28"/>
       <c r="R16" s="28"/>
       <c r="S16" s="21"/>
       <c r="T16" s="22"/>
     </row>
     <row r="17" spans="1:1" ht="132.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="179" t="s">
+      <c r="A17" s="177" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="RQB5s0mPD1u/Vr0cSFUhMoNuUro/JWckcOvQm3oYj6iPQ8v0WW0GHMpbUef8mGYY7YJps1/yCVeys3a5Cyj/Lg==" saltValue="fd8ByvYZxumfHlGnKxyq9w==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="CNVg0zhkZvNhAdaOJfGSWS6a+Ge1oJTHajHf1xbuwNoVRu6AkUS97l1Jb8AniAJx747/6xAeDILHFRjAsPjt2g==" saltValue="/uYcetCsusiYUH1y+ttsJg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <customSheetViews>
     <customSheetView guid="{9D8689BD-5DE1-44EE-AD85-AABB805F8C74}" hiddenColumns="1" topLeftCell="A51">
       <selection activeCell="K76" sqref="K76"/>
       <pageMargins left="0" right="0" top="0" bottom="0" header="0" footer="0"/>
       <pageSetup orientation="portrait" r:id="rId1"/>
     </customSheetView>
     <customSheetView guid="{524D39D6-D9FA-43B9-A02A-7383F59753BD}" topLeftCell="A10">
       <selection activeCell="B23" sqref="B23"/>
       <pageMargins left="0" right="0" top="0" bottom="0" header="0" footer="0"/>
       <pageSetup orientation="portrait" r:id="rId2"/>
     </customSheetView>
   </customSheetViews>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1F242F0A-7950-4B75-A208-98099E338B68}">
   <sheetPr>
     <tabColor theme="8" tint="0.39997558519241921"/>
   </sheetPr>
   <dimension ref="A1:O36"/>
   <sheetViews>
-    <sheetView topLeftCell="A13" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="L15" sqref="L15"/>
+      <selection pane="topRight" activeCell="I14" sqref="I14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="50.140625" style="6" bestFit="1" customWidth="1"/>
     <col min="2" max="14" width="15.5703125" style="6" customWidth="1"/>
     <col min="15" max="15" width="13" style="6" bestFit="1" customWidth="1"/>
     <col min="16" max="16384" width="9.140625" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="128" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:15" x14ac:dyDescent="0.2">
-      <c r="A2" s="180" t="str">
+      <c r="A2" s="178" t="str">
         <f>'1. Expenditures'!A2</f>
-        <v>Reporting Date: July 31, 2025</v>
+        <v>Reporting Date: January 30, 2026</v>
       </c>
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
       <c r="I2" s="26"/>
     </row>
     <row r="3" spans="1:15" x14ac:dyDescent="0.2">
-      <c r="A3" s="180" t="str">
+      <c r="A3" s="178" t="str">
         <f>'1. Expenditures'!A3</f>
-        <v>Reporting Data Through: June 30, 2025</v>
+        <v>Reporting Data Through: December 31, 2025</v>
       </c>
       <c r="I3" s="26"/>
     </row>
     <row r="4" spans="1:15" x14ac:dyDescent="0.2">
       <c r="I4" s="26"/>
     </row>
     <row r="5" spans="1:15" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A5" s="23" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:15" ht="26.25" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="30" t="s">
         <v>25</v>
       </c>
       <c r="B6" s="43">
         <v>2016</v>
       </c>
       <c r="C6" s="43">
         <v>2017</v>
       </c>
       <c r="D6" s="43">
         <v>2018</v>
       </c>
       <c r="E6" s="43">
         <v>2019</v>
       </c>
       <c r="F6" s="147" t="s">
         <v>26</v>
       </c>
       <c r="G6" s="43" t="s">
         <v>27</v>
       </c>
       <c r="H6" s="43">
         <v>2021</v>
       </c>
       <c r="I6" s="43" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="J6" s="43">
         <v>2023</v>
       </c>
       <c r="K6" s="43">
         <v>2024</v>
       </c>
       <c r="L6" s="43">
         <v>2025</v>
       </c>
       <c r="M6" s="150" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="7" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A7" s="110" t="s">
         <v>29</v>
       </c>
       <c r="B7" s="79">
         <v>1934435</v>
       </c>
       <c r="C7" s="79">
         <v>4843456</v>
       </c>
       <c r="D7" s="79">
         <v>43700000</v>
       </c>
       <c r="E7" s="79">
         <v>37737000</v>
       </c>
       <c r="F7" s="79">
         <v>35133983</v>
       </c>
       <c r="G7" s="79">
         <v>38776228</v>
       </c>
       <c r="H7" s="79">
         <v>31609200</v>
       </c>
       <c r="I7" s="79">
         <v>46222340</v>
       </c>
       <c r="J7" s="79">
         <v>42666697</v>
       </c>
       <c r="K7" s="79">
         <v>28164771</v>
       </c>
       <c r="L7" s="79">
-        <v>14747678</v>
-[...1 lines deleted...]
-      <c r="M7" s="236">
+        <v>34626368</v>
+      </c>
+      <c r="M7" s="219">
         <f>SUM(B7:L7)</f>
-        <v>325535788</v>
+        <v>345414478</v>
       </c>
       <c r="N7" s="151"/>
     </row>
     <row r="8" spans="1:15" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="111" t="s">
         <v>30</v>
       </c>
       <c r="B8" s="80">
         <v>3036945</v>
       </c>
       <c r="C8" s="80">
         <v>5040055</v>
       </c>
       <c r="D8" s="80">
         <v>46000000</v>
       </c>
       <c r="E8" s="79">
         <v>33979418</v>
       </c>
       <c r="F8" s="79">
         <v>50602879</v>
       </c>
       <c r="G8" s="79">
         <v>22678768</v>
       </c>
       <c r="H8" s="79">
         <v>63966285</v>
       </c>
       <c r="I8" s="79">
         <v>73364564</v>
       </c>
       <c r="J8" s="79">
         <v>48710716</v>
       </c>
       <c r="K8" s="79">
         <v>27935638</v>
       </c>
       <c r="L8" s="79">
         <v>50209000</v>
       </c>
-      <c r="M8" s="237">
+      <c r="M8" s="220">
         <f>SUM(B8:L8)</f>
         <v>425524268</v>
       </c>
       <c r="N8" s="152"/>
-      <c r="O8" s="187"/>
+      <c r="O8" s="185"/>
     </row>
     <row r="9" spans="1:15" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="111" t="s">
         <v>31</v>
       </c>
       <c r="B9" s="80">
         <v>0</v>
       </c>
       <c r="C9" s="80">
         <v>0</v>
       </c>
       <c r="D9" s="80">
         <v>10300000</v>
       </c>
       <c r="E9" s="79">
         <v>10115640</v>
       </c>
       <c r="F9" s="79">
         <v>12604205</v>
       </c>
       <c r="G9" s="79">
         <v>11438841</v>
       </c>
       <c r="H9" s="79">
         <v>10923507</v>
       </c>
       <c r="I9" s="79">
         <v>20583076</v>
       </c>
       <c r="J9" s="79">
         <v>14949939</v>
       </c>
       <c r="K9" s="79">
         <v>4773766</v>
       </c>
       <c r="L9" s="79">
         <v>13630635</v>
       </c>
-      <c r="M9" s="238">
+      <c r="M9" s="221">
         <f>SUM(B9:L9)</f>
         <v>109319609</v>
       </c>
       <c r="N9" s="152"/>
-      <c r="O9" s="187"/>
+      <c r="O9" s="185"/>
     </row>
     <row r="10" spans="1:15" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="111" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="80">
         <v>469381</v>
       </c>
       <c r="C10" s="80">
         <v>1068101</v>
       </c>
       <c r="D10" s="80">
         <v>1121680</v>
       </c>
       <c r="E10" s="79">
         <v>1278364</v>
       </c>
       <c r="F10" s="79">
         <v>0</v>
       </c>
       <c r="G10" s="79">
         <v>1308215</v>
       </c>
       <c r="H10" s="79">
         <v>1211480</v>
       </c>
       <c r="I10" s="79">
         <v>1680958</v>
       </c>
       <c r="J10" s="79">
         <v>1784879</v>
       </c>
       <c r="K10" s="79">
         <v>1851192</v>
       </c>
       <c r="L10" s="79">
-        <v>380469</v>
-[...1 lines deleted...]
-      <c r="M10" s="238">
+        <v>1090586</v>
+      </c>
+      <c r="M10" s="221">
         <f>SUM(B10:L10)</f>
-        <v>12154719</v>
+        <v>12864836</v>
       </c>
       <c r="N10" s="152"/>
-      <c r="O10" s="187"/>
+      <c r="O10" s="185"/>
     </row>
     <row r="11" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="112" t="s">
         <v>33</v>
       </c>
       <c r="B11" s="81">
         <v>147156</v>
       </c>
       <c r="C11" s="81">
         <v>287032</v>
       </c>
       <c r="D11" s="81">
         <v>349673</v>
       </c>
       <c r="E11" s="79">
         <v>466130</v>
       </c>
       <c r="F11" s="79">
         <v>0</v>
       </c>
       <c r="G11" s="79">
         <v>362585</v>
       </c>
       <c r="H11" s="79">
         <v>333475</v>
       </c>
       <c r="I11" s="79">
         <v>446231</v>
       </c>
       <c r="J11" s="79">
         <v>332411</v>
       </c>
       <c r="K11" s="79">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="M11" s="238">
+        <v>631336</v>
+      </c>
+      <c r="L11" s="79">
+        <v>0</v>
+      </c>
+      <c r="M11" s="221">
         <f>SUM(B11:L11)</f>
-        <v>2724693</v>
+        <v>3356029</v>
       </c>
       <c r="N11" s="152"/>
-      <c r="O11" s="187"/>
+      <c r="O11" s="185"/>
     </row>
     <row r="12" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="38" t="s">
         <v>34</v>
       </c>
       <c r="B12" s="36">
         <f>(B7+B8+B9+B10+B11)</f>
         <v>5587917</v>
       </c>
       <c r="C12" s="36">
         <f t="shared" ref="C12:H12" si="0">(C7+C8+C9+C10+C11)</f>
         <v>11238644</v>
       </c>
       <c r="D12" s="36">
         <f t="shared" si="0"/>
         <v>101471353</v>
       </c>
       <c r="E12" s="36">
         <f t="shared" si="0"/>
         <v>83576552</v>
       </c>
       <c r="F12" s="36">
         <f t="shared" si="0"/>
         <v>98341067</v>
       </c>
       <c r="G12" s="36">
         <f t="shared" si="0"/>
         <v>74564637</v>
       </c>
       <c r="H12" s="36">
         <f t="shared" si="0"/>
         <v>108043947</v>
       </c>
       <c r="I12" s="36">
         <f t="shared" ref="I12" si="1">(I7+I8+I9+I10+I11)</f>
         <v>142297169</v>
       </c>
       <c r="J12" s="36">
         <f t="shared" ref="J12" si="2">(J7+J8+J9+J10+J11)</f>
         <v>108444642</v>
       </c>
       <c r="K12" s="36">
         <f t="shared" ref="K12" si="3">(K7+K8+K9+K10+K11)</f>
-        <v>62725367</v>
+        <v>63356703</v>
       </c>
       <c r="L12" s="36">
         <f t="shared" ref="L12" si="4">(L7+L8+L9+L10+L11)</f>
-        <v>78967782</v>
-[...1 lines deleted...]
-      <c r="M12" s="235">
+        <v>99556589</v>
+      </c>
+      <c r="M12" s="245">
         <f>SUM(M7:M11)</f>
-        <v>875259077</v>
+        <v>896479220</v>
       </c>
       <c r="N12" s="153"/>
-      <c r="O12" s="188"/>
+      <c r="O12" s="186"/>
     </row>
     <row r="13" spans="1:15" ht="54.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="242" t="s">
+      <c r="A13" s="246" t="s">
         <v>35</v>
       </c>
-      <c r="B13" s="242"/>
+      <c r="B13" s="246"/>
       <c r="C13" s="32"/>
       <c r="D13" s="32"/>
       <c r="E13" s="32"/>
       <c r="F13" s="32"/>
       <c r="G13" s="32"/>
       <c r="H13" s="32"/>
       <c r="I13" s="32"/>
       <c r="J13" s="32"/>
       <c r="K13" s="32"/>
       <c r="L13" s="32"/>
       <c r="M13" s="32"/>
       <c r="N13" s="32"/>
     </row>
     <row r="14" spans="1:15" ht="47.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="243" t="s">
-[...2 lines deleted...]
-      <c r="B14" s="243"/>
+      <c r="A14" s="247" t="s">
+        <v>303</v>
+      </c>
+      <c r="B14" s="247"/>
       <c r="C14" s="32"/>
       <c r="D14" s="32"/>
       <c r="E14" s="32"/>
       <c r="F14" s="32"/>
       <c r="G14" s="32"/>
       <c r="H14" s="32"/>
       <c r="I14" s="32"/>
       <c r="J14" s="32"/>
       <c r="K14" s="32"/>
       <c r="L14" s="32"/>
       <c r="M14" s="32"/>
       <c r="N14" s="32"/>
     </row>
     <row r="15" spans="1:15" ht="105" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="243" t="s">
-[...3 lines deleted...]
-      <c r="C15" s="243"/>
+      <c r="A15" s="247" t="s">
+        <v>364</v>
+      </c>
+      <c r="B15" s="247"/>
+      <c r="C15" s="247"/>
       <c r="D15" s="32"/>
       <c r="E15" s="32"/>
       <c r="F15" s="32"/>
       <c r="G15" s="32"/>
       <c r="H15" s="32"/>
       <c r="I15" s="32"/>
       <c r="J15" s="32"/>
       <c r="K15" s="32"/>
       <c r="L15" s="32"/>
       <c r="M15" s="32"/>
       <c r="N15" s="32"/>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" s="19"/>
       <c r="B16" s="19"/>
       <c r="C16" s="19"/>
       <c r="D16" s="20"/>
       <c r="E16" s="20"/>
       <c r="F16" s="20"/>
       <c r="G16" s="20"/>
       <c r="H16" s="20"/>
       <c r="I16" s="20"/>
       <c r="J16" s="20"/>
       <c r="K16" s="20"/>
       <c r="L16" s="20"/>
@@ -5066,55 +5110,55 @@
         <f t="shared" si="5"/>
         <v>31620584.699999999</v>
       </c>
       <c r="G19" s="79">
         <f t="shared" si="5"/>
         <v>34898605.200000003</v>
       </c>
       <c r="H19" s="79">
         <f t="shared" si="5"/>
         <v>28448280</v>
       </c>
       <c r="I19" s="79">
         <f t="shared" si="5"/>
         <v>41600106</v>
       </c>
       <c r="J19" s="79">
         <f t="shared" si="5"/>
         <v>38400027.300000004</v>
       </c>
       <c r="K19" s="79">
         <f t="shared" si="5"/>
         <v>25348293.900000002</v>
       </c>
       <c r="L19" s="79">
         <f t="shared" si="5"/>
-        <v>13272910.200000001</v>
-[...1 lines deleted...]
-      <c r="M19" s="236">
+        <v>31163731.199999999</v>
+      </c>
+      <c r="M19" s="219">
         <f>SUM(B19:L19)</f>
-        <v>292982209.19999999</v>
+        <v>310873030.19999999</v>
       </c>
       <c r="N19" s="151"/>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" s="111" t="s">
         <v>30</v>
       </c>
       <c r="B20" s="79">
         <f t="shared" ref="B20:L20" si="6">B8*0.9</f>
         <v>2733250.5</v>
       </c>
       <c r="C20" s="79">
         <f t="shared" si="6"/>
         <v>4536049.5</v>
       </c>
       <c r="D20" s="79">
         <f t="shared" si="6"/>
         <v>41400000</v>
       </c>
       <c r="E20" s="79">
         <f t="shared" si="6"/>
         <v>30581476.199999999</v>
       </c>
       <c r="F20" s="79">
         <f t="shared" si="6"/>
@@ -5122,51 +5166,51 @@
       </c>
       <c r="G20" s="79">
         <f t="shared" si="6"/>
         <v>20410891.199999999</v>
       </c>
       <c r="H20" s="79">
         <f t="shared" si="6"/>
         <v>57569656.5</v>
       </c>
       <c r="I20" s="79">
         <f t="shared" si="6"/>
         <v>66028107.600000001</v>
       </c>
       <c r="J20" s="79">
         <f t="shared" si="6"/>
         <v>43839644.399999999</v>
       </c>
       <c r="K20" s="79">
         <f t="shared" si="6"/>
         <v>25142074.199999999</v>
       </c>
       <c r="L20" s="79">
         <f t="shared" si="6"/>
         <v>45188100</v>
       </c>
-      <c r="M20" s="237">
+      <c r="M20" s="220">
         <f>SUM(B20:L20)</f>
         <v>382971841.19999999</v>
       </c>
       <c r="N20" s="152"/>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21" s="111" t="s">
         <v>31</v>
       </c>
       <c r="B21" s="79">
         <f t="shared" ref="B21:L21" si="7">B9*0.9</f>
         <v>0</v>
       </c>
       <c r="C21" s="79">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="D21" s="79">
         <f t="shared" si="7"/>
         <v>9270000</v>
       </c>
       <c r="E21" s="79">
         <f t="shared" si="7"/>
         <v>9104076</v>
       </c>
@@ -5176,51 +5220,51 @@
       </c>
       <c r="G21" s="79">
         <f t="shared" si="7"/>
         <v>10294956.9</v>
       </c>
       <c r="H21" s="79">
         <f t="shared" si="7"/>
         <v>9831156.3000000007</v>
       </c>
       <c r="I21" s="79">
         <f t="shared" si="7"/>
         <v>18524768.400000002</v>
       </c>
       <c r="J21" s="79">
         <f t="shared" si="7"/>
         <v>13454945.1</v>
       </c>
       <c r="K21" s="79">
         <f t="shared" si="7"/>
         <v>4296389.4000000004</v>
       </c>
       <c r="L21" s="79">
         <f t="shared" si="7"/>
         <v>12267571.5</v>
       </c>
-      <c r="M21" s="238">
+      <c r="M21" s="221">
         <f>SUM(B21:L21)</f>
         <v>98387648.100000009</v>
       </c>
       <c r="N21" s="152"/>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22" s="111" t="s">
         <v>32</v>
       </c>
       <c r="B22" s="79">
         <f t="shared" ref="B22:L22" si="8">B10*0.9</f>
         <v>422442.9</v>
       </c>
       <c r="C22" s="79">
         <f t="shared" si="8"/>
         <v>961290.9</v>
       </c>
       <c r="D22" s="79">
         <f t="shared" si="8"/>
         <v>1009512</v>
       </c>
       <c r="E22" s="79">
         <f t="shared" si="8"/>
         <v>1150527.6000000001</v>
       </c>
@@ -5228,163 +5272,163 @@
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="G22" s="79">
         <f t="shared" si="8"/>
         <v>1177393.5</v>
       </c>
       <c r="H22" s="79">
         <f t="shared" si="8"/>
         <v>1090332</v>
       </c>
       <c r="I22" s="79">
         <f t="shared" si="8"/>
         <v>1512862.2</v>
       </c>
       <c r="J22" s="79">
         <f t="shared" si="8"/>
         <v>1606391.1</v>
       </c>
       <c r="K22" s="79">
         <f t="shared" si="8"/>
         <v>1666072.8</v>
       </c>
       <c r="L22" s="79">
         <f t="shared" si="8"/>
-        <v>342422.10000000003</v>
-[...1 lines deleted...]
-      <c r="M22" s="238">
+        <v>981527.4</v>
+      </c>
+      <c r="M22" s="221">
         <f>SUM(B22:L22)</f>
-        <v>10939247.100000001</v>
+        <v>11578352.400000002</v>
       </c>
       <c r="N22" s="152"/>
     </row>
     <row r="23" spans="1:15" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A23" s="112" t="s">
         <v>33</v>
       </c>
       <c r="B23" s="79">
         <f t="shared" ref="B23:L23" si="9">B11*0.9</f>
         <v>132440.4</v>
       </c>
       <c r="C23" s="79">
         <f t="shared" si="9"/>
         <v>258328.80000000002</v>
       </c>
       <c r="D23" s="79">
         <f t="shared" si="9"/>
         <v>314705.7</v>
       </c>
       <c r="E23" s="79">
         <f t="shared" si="9"/>
         <v>419517</v>
       </c>
       <c r="F23" s="79">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="G23" s="79">
         <f t="shared" si="9"/>
         <v>326326.5</v>
       </c>
       <c r="H23" s="79">
         <f t="shared" si="9"/>
         <v>300127.5</v>
       </c>
       <c r="I23" s="79">
         <f t="shared" si="9"/>
         <v>401607.9</v>
       </c>
       <c r="J23" s="79">
         <f t="shared" si="9"/>
         <v>299169.90000000002</v>
       </c>
       <c r="K23" s="79">
         <f t="shared" si="9"/>
-        <v>0</v>
+        <v>568202.4</v>
       </c>
       <c r="L23" s="79">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="M23" s="238">
+      <c r="M23" s="221">
         <f>SUM(B23:L23)</f>
-        <v>2452223.6999999997</v>
+        <v>3020426.0999999996</v>
       </c>
       <c r="N23" s="152"/>
     </row>
     <row r="24" spans="1:15" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A24" s="38" t="s">
         <v>38</v>
       </c>
       <c r="B24" s="155">
         <f>SUM(B19:B23)</f>
         <v>5029125.3000000007</v>
       </c>
       <c r="C24" s="155">
         <f t="shared" ref="C24:M24" si="10">SUM(C19:C23)</f>
         <v>10114779.600000001</v>
       </c>
       <c r="D24" s="155">
         <f t="shared" si="10"/>
         <v>91324217.700000003</v>
       </c>
       <c r="E24" s="155">
         <f t="shared" si="10"/>
         <v>75218896.799999997</v>
       </c>
       <c r="F24" s="155">
         <f t="shared" si="10"/>
         <v>88506960.299999997</v>
       </c>
       <c r="G24" s="155">
         <f t="shared" si="10"/>
         <v>67108173.300000004</v>
       </c>
       <c r="H24" s="155">
         <f t="shared" si="10"/>
         <v>97239552.299999997</v>
       </c>
       <c r="I24" s="155">
         <f t="shared" si="10"/>
         <v>128067452.10000001</v>
       </c>
       <c r="J24" s="155">
         <f t="shared" si="10"/>
         <v>97600177.799999997</v>
       </c>
       <c r="K24" s="155">
         <f t="shared" si="10"/>
-        <v>56452830.299999997</v>
-[...1 lines deleted...]
-      <c r="L24" s="239">
+        <v>57021032.699999996</v>
+      </c>
+      <c r="L24" s="222">
         <f t="shared" si="10"/>
-        <v>71071003.799999997</v>
-[...1 lines deleted...]
-      <c r="M24" s="239">
+        <v>89600930.100000009</v>
+      </c>
+      <c r="M24" s="222">
         <f t="shared" si="10"/>
-        <v>787733169.30000007</v>
+        <v>806831298</v>
       </c>
       <c r="N24" s="153"/>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A25" s="156"/>
       <c r="B25" s="157"/>
       <c r="C25" s="32"/>
       <c r="D25" s="32"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A26" s="19"/>
       <c r="B26" s="19"/>
       <c r="C26" s="19"/>
       <c r="D26" s="20"/>
       <c r="E26" s="20"/>
@@ -5481,55 +5525,55 @@
         <f t="shared" si="11"/>
         <v>3513398.3000000003</v>
       </c>
       <c r="G29" s="79">
         <f t="shared" si="11"/>
         <v>3877622.8000000003</v>
       </c>
       <c r="H29" s="79">
         <f t="shared" si="11"/>
         <v>3160920</v>
       </c>
       <c r="I29" s="79">
         <f t="shared" si="11"/>
         <v>4622234</v>
       </c>
       <c r="J29" s="79">
         <f t="shared" si="11"/>
         <v>4266669.7</v>
       </c>
       <c r="K29" s="79">
         <f t="shared" si="11"/>
         <v>2816477.1</v>
       </c>
       <c r="L29" s="79">
         <f t="shared" si="11"/>
-        <v>1474767.8</v>
-[...1 lines deleted...]
-      <c r="M29" s="236">
+        <v>3462636.8000000003</v>
+      </c>
+      <c r="M29" s="219">
         <f>SUM(B29:L29)</f>
-        <v>32553578.800000004</v>
+        <v>34541447.800000004</v>
       </c>
       <c r="N29" s="151"/>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A30" s="111" t="s">
         <v>30</v>
       </c>
       <c r="B30" s="79">
         <f t="shared" ref="B30:L30" si="12">B8*0.1</f>
         <v>303694.5</v>
       </c>
       <c r="C30" s="79">
         <f t="shared" si="12"/>
         <v>504005.5</v>
       </c>
       <c r="D30" s="79">
         <f t="shared" si="12"/>
         <v>4600000</v>
       </c>
       <c r="E30" s="79">
         <f t="shared" si="12"/>
         <v>3397941.8000000003</v>
       </c>
       <c r="F30" s="79">
         <f t="shared" si="12"/>
@@ -5537,51 +5581,51 @@
       </c>
       <c r="G30" s="79">
         <f t="shared" si="12"/>
         <v>2267876.8000000003</v>
       </c>
       <c r="H30" s="79">
         <f t="shared" si="12"/>
         <v>6396628.5</v>
       </c>
       <c r="I30" s="79">
         <f t="shared" si="12"/>
         <v>7336456.4000000004</v>
       </c>
       <c r="J30" s="79">
         <f t="shared" si="12"/>
         <v>4871071.6000000006</v>
       </c>
       <c r="K30" s="79">
         <f t="shared" si="12"/>
         <v>2793563.8000000003</v>
       </c>
       <c r="L30" s="79">
         <f t="shared" si="12"/>
         <v>5020900</v>
       </c>
-      <c r="M30" s="237">
+      <c r="M30" s="220">
         <f>SUM(B30:L30)</f>
         <v>42552426.799999997</v>
       </c>
       <c r="N30" s="152"/>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A31" s="111" t="s">
         <v>31</v>
       </c>
       <c r="B31" s="79">
         <f t="shared" ref="B31:L31" si="13">B9*0.1</f>
         <v>0</v>
       </c>
       <c r="C31" s="79">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="D31" s="79">
         <f t="shared" si="13"/>
         <v>1030000</v>
       </c>
       <c r="E31" s="79">
         <f t="shared" si="13"/>
         <v>1011564</v>
       </c>
@@ -5591,51 +5635,51 @@
       </c>
       <c r="G31" s="79">
         <f t="shared" si="13"/>
         <v>1143884.1000000001</v>
       </c>
       <c r="H31" s="79">
         <f t="shared" si="13"/>
         <v>1092350.7</v>
       </c>
       <c r="I31" s="79">
         <f t="shared" si="13"/>
         <v>2058307.6</v>
       </c>
       <c r="J31" s="79">
         <f t="shared" si="13"/>
         <v>1494993.9000000001</v>
       </c>
       <c r="K31" s="79">
         <f t="shared" si="13"/>
         <v>477376.60000000003</v>
       </c>
       <c r="L31" s="79">
         <f t="shared" si="13"/>
         <v>1363063.5</v>
       </c>
-      <c r="M31" s="238">
+      <c r="M31" s="221">
         <f>SUM(B31:L31)</f>
         <v>10931960.9</v>
       </c>
       <c r="N31" s="152"/>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A32" s="111" t="s">
         <v>32</v>
       </c>
       <c r="B32" s="79">
         <f t="shared" ref="B32:L32" si="14">B10*0.1</f>
         <v>46938.100000000006</v>
       </c>
       <c r="C32" s="79">
         <f t="shared" si="14"/>
         <v>106810.1</v>
       </c>
       <c r="D32" s="79">
         <f t="shared" si="14"/>
         <v>112168</v>
       </c>
       <c r="E32" s="79">
         <f t="shared" si="14"/>
         <v>127836.40000000001</v>
       </c>
@@ -5643,285 +5687,285 @@
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="G32" s="79">
         <f t="shared" si="14"/>
         <v>130821.5</v>
       </c>
       <c r="H32" s="79">
         <f t="shared" si="14"/>
         <v>121148</v>
       </c>
       <c r="I32" s="79">
         <f t="shared" si="14"/>
         <v>168095.80000000002</v>
       </c>
       <c r="J32" s="79">
         <f t="shared" si="14"/>
         <v>178487.90000000002</v>
       </c>
       <c r="K32" s="79">
         <f t="shared" si="14"/>
         <v>185119.2</v>
       </c>
       <c r="L32" s="79">
         <f t="shared" si="14"/>
-        <v>38046.9</v>
-[...1 lines deleted...]
-      <c r="M32" s="238">
+        <v>109058.6</v>
+      </c>
+      <c r="M32" s="221">
         <f>SUM(B32:L32)</f>
-        <v>1215471.9000000001</v>
+        <v>1286483.6000000003</v>
       </c>
       <c r="N32" s="152"/>
     </row>
     <row r="33" spans="1:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A33" s="112" t="s">
         <v>33</v>
       </c>
       <c r="B33" s="79">
         <f t="shared" ref="B33:L33" si="15">B11*0.1</f>
         <v>14715.6</v>
       </c>
       <c r="C33" s="79">
         <f t="shared" si="15"/>
         <v>28703.200000000001</v>
       </c>
       <c r="D33" s="79">
         <f t="shared" si="15"/>
         <v>34967.300000000003</v>
       </c>
       <c r="E33" s="79">
         <f t="shared" si="15"/>
         <v>46613</v>
       </c>
       <c r="F33" s="79">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="G33" s="79">
         <f t="shared" si="15"/>
         <v>36258.5</v>
       </c>
       <c r="H33" s="79">
         <f t="shared" si="15"/>
         <v>33347.5</v>
       </c>
       <c r="I33" s="79">
         <f t="shared" si="15"/>
         <v>44623.100000000006</v>
       </c>
       <c r="J33" s="79">
         <f t="shared" si="15"/>
         <v>33241.1</v>
       </c>
       <c r="K33" s="79">
         <f t="shared" si="15"/>
-        <v>0</v>
+        <v>63133.600000000006</v>
       </c>
       <c r="L33" s="79">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="M33" s="238">
+      <c r="M33" s="221">
         <f>SUM(B33:L33)</f>
-        <v>272469.3</v>
+        <v>335602.9</v>
       </c>
       <c r="N33" s="152"/>
     </row>
     <row r="34" spans="1:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A34" s="38" t="s">
         <v>40</v>
       </c>
       <c r="B34" s="155">
         <f>SUM(B29:B33)</f>
         <v>558791.69999999995</v>
       </c>
       <c r="C34" s="155">
         <f t="shared" ref="C34:M34" si="16">SUM(C29:C33)</f>
         <v>1123864.4000000001</v>
       </c>
       <c r="D34" s="155">
         <f t="shared" si="16"/>
         <v>10147135.300000001</v>
       </c>
       <c r="E34" s="155">
         <f t="shared" si="16"/>
         <v>8357655.2000000011</v>
       </c>
       <c r="F34" s="155">
         <f t="shared" si="16"/>
         <v>9834106.7000000011</v>
       </c>
       <c r="G34" s="155">
         <f t="shared" si="16"/>
         <v>7456463.7000000011</v>
       </c>
       <c r="H34" s="155">
         <f t="shared" si="16"/>
         <v>10804394.699999999</v>
       </c>
       <c r="I34" s="155">
         <f t="shared" si="16"/>
         <v>14229716.9</v>
       </c>
       <c r="J34" s="155">
         <f t="shared" si="16"/>
         <v>10844464.200000001</v>
       </c>
       <c r="K34" s="155">
         <f t="shared" si="16"/>
-        <v>6272536.7000000002</v>
-[...1 lines deleted...]
-      <c r="L34" s="239">
+        <v>6335670.2999999998</v>
+      </c>
+      <c r="L34" s="222">
         <f t="shared" si="16"/>
-        <v>7896778.2000000002</v>
-[...1 lines deleted...]
-      <c r="M34" s="239">
+        <v>9955658.9000000004</v>
+      </c>
+      <c r="M34" s="222">
         <f t="shared" si="16"/>
-        <v>87525907.700000003</v>
+        <v>89647922</v>
       </c>
       <c r="N34" s="153"/>
     </row>
     <row r="35" spans="1:14" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="141" t="s">
         <v>41</v>
       </c>
       <c r="B35" s="158"/>
       <c r="C35" s="158"/>
       <c r="D35" s="158"/>
       <c r="E35" s="158"/>
       <c r="F35" s="158"/>
       <c r="G35" s="158"/>
       <c r="H35" s="158"/>
       <c r="I35" s="158"/>
       <c r="J35" s="158"/>
       <c r="K35" s="158"/>
       <c r="L35" s="158"/>
       <c r="M35" s="158"/>
     </row>
     <row r="36" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A36" s="159"/>
       <c r="B36" s="158"/>
       <c r="C36" s="158"/>
       <c r="D36" s="158"/>
       <c r="E36" s="158"/>
       <c r="F36" s="158"/>
       <c r="G36" s="158"/>
       <c r="H36" s="158"/>
       <c r="I36" s="158"/>
       <c r="J36" s="158"/>
       <c r="K36" s="158"/>
       <c r="L36" s="158"/>
       <c r="M36" s="158"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="HuFxveD2bK9FK4JCAiaMXkAzdSvay46ejEHpUTppoTCWleyuEZc7ovnJMIAEaa5s2sOMwc8jcdBUHvrJn+/t4Q==" saltValue="1pzM3cf1x4wEGlmnzOcroQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="QXNUQmP9NuAg8P9gTDYpIT1hXmbrqVaW6JdeDjy9unQvYZzOiiu+4QTRyjxcsTxXA8ybmurkJbeaAI0UjBfVig==" saltValue="jbn6HLx9jBCZm4cTlPyZNA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="3">
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="A15:C15"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
   <dimension ref="A1:U54"/>
   <sheetViews>
-    <sheetView topLeftCell="A17" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="E36" sqref="E36"/>
+      <selection pane="topRight" activeCell="D4" sqref="D4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="60.5703125" customWidth="1"/>
     <col min="2" max="2" width="33.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="17" width="17.42578125" style="9" customWidth="1"/>
     <col min="18" max="18" width="45.85546875" customWidth="1"/>
     <col min="19" max="19" width="11.140625" customWidth="1"/>
     <col min="20" max="20" width="11.5703125" customWidth="1"/>
     <col min="21" max="21" width="13.42578125" customWidth="1"/>
     <col min="22" max="22" width="11.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="128" t="str">
         <f>'1. Expenditures'!A1</f>
         <v>SOMAH Program Administrator</v>
       </c>
       <c r="C1" s="25"/>
       <c r="D1" s="25"/>
       <c r="E1" s="25"/>
       <c r="F1" s="25"/>
       <c r="G1" s="25"/>
       <c r="H1" s="25"/>
       <c r="I1" s="25"/>
       <c r="J1" s="25"/>
       <c r="K1" s="25"/>
       <c r="L1" s="25"/>
       <c r="M1" s="25"/>
       <c r="N1" s="25"/>
       <c r="O1" s="25"/>
       <c r="P1" s="25"/>
       <c r="Q1" s="25"/>
     </row>
     <row r="2" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A2" s="182" t="str">
+      <c r="A2" s="180" t="str">
         <f>'1. Expenditures'!A2</f>
-        <v>Reporting Date: July 31, 2025</v>
+        <v>Reporting Date: January 30, 2026</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="26"/>
       <c r="D2" s="26"/>
       <c r="E2" s="26"/>
       <c r="F2" s="26"/>
       <c r="G2" s="26"/>
       <c r="H2" s="26"/>
       <c r="I2" s="26"/>
       <c r="J2" s="26"/>
       <c r="K2" s="26"/>
       <c r="L2" s="26"/>
       <c r="M2" s="26"/>
       <c r="N2" s="26"/>
       <c r="O2" s="26"/>
       <c r="P2" s="26"/>
       <c r="Q2" s="26"/>
       <c r="R2" s="6"/>
       <c r="S2" s="6"/>
       <c r="T2" s="6"/>
       <c r="U2" s="6"/>
     </row>
     <row r="3" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A3" s="182" t="str">
+      <c r="A3" s="180" t="str">
         <f>'1. Expenditures'!A3</f>
-        <v>Reporting Data Through: June 30, 2025</v>
+        <v>Reporting Data Through: December 31, 2025</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="26"/>
       <c r="D3" s="26"/>
       <c r="E3" s="26"/>
       <c r="F3" s="26"/>
       <c r="G3" s="26"/>
       <c r="H3" s="26"/>
       <c r="I3" s="26"/>
       <c r="J3" s="26"/>
       <c r="K3" s="26"/>
       <c r="L3" s="26"/>
       <c r="M3" s="26"/>
       <c r="N3" s="26"/>
       <c r="O3" s="26"/>
       <c r="P3" s="26"/>
       <c r="Q3" s="26"/>
       <c r="R3" s="6"/>
       <c r="S3" s="6"/>
       <c r="T3" s="6"/>
       <c r="U3" s="6"/>
     </row>
     <row r="4" spans="1:21" x14ac:dyDescent="0.25">
       <c r="B4" s="24"/>
       <c r="D4" s="26"/>
@@ -6321,51 +6365,51 @@
       <c r="U17" s="6"/>
     </row>
     <row r="18" spans="1:21" x14ac:dyDescent="0.25">
       <c r="B18" s="24"/>
       <c r="D18" s="26"/>
       <c r="E18" s="26"/>
       <c r="F18" s="26"/>
       <c r="G18" s="26"/>
       <c r="H18" s="26"/>
       <c r="I18" s="26"/>
       <c r="J18" s="26"/>
       <c r="K18" s="26"/>
       <c r="L18" s="26"/>
       <c r="M18" s="26"/>
       <c r="N18" s="26"/>
       <c r="O18" s="26"/>
       <c r="P18" s="26"/>
       <c r="Q18" s="26"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
       <c r="T18" s="6"/>
       <c r="U18" s="6"/>
     </row>
     <row r="19" spans="1:21" ht="27" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="122" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="B19" s="24"/>
       <c r="C19" s="26"/>
       <c r="D19" s="26"/>
       <c r="E19" s="26"/>
       <c r="F19" s="26"/>
       <c r="G19" s="26"/>
       <c r="H19" s="26"/>
       <c r="I19" s="26"/>
       <c r="J19" s="26"/>
       <c r="K19" s="26"/>
       <c r="L19" s="26"/>
       <c r="M19" s="26"/>
       <c r="N19" s="26"/>
       <c r="O19" s="26"/>
       <c r="P19" s="26"/>
       <c r="Q19" s="26"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
       <c r="T19" s="6"/>
       <c r="U19" s="6"/>
     </row>
     <row r="20" spans="1:21" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="13" t="s">
         <v>62</v>
@@ -6426,522 +6470,522 @@
       <c r="A21" s="98" t="s">
         <v>65</v>
       </c>
       <c r="B21" s="140" t="s">
         <v>66</v>
       </c>
       <c r="C21" s="82">
         <v>81472.593073000011</v>
       </c>
       <c r="D21" s="90">
         <v>163382.42800000001</v>
       </c>
       <c r="E21" s="90">
         <v>169513.96423997192</v>
       </c>
       <c r="F21" s="90">
         <v>151242.02544799997</v>
       </c>
       <c r="G21" s="90">
         <v>149282.70250000001</v>
       </c>
       <c r="H21" s="90">
         <v>149231.28300000002</v>
       </c>
       <c r="I21" s="90">
-        <v>67267.599999999991</v>
+        <v>128177.66999999998</v>
       </c>
       <c r="J21" s="55"/>
       <c r="K21" s="55"/>
       <c r="L21" s="55"/>
       <c r="M21" s="55"/>
       <c r="N21" s="55"/>
       <c r="O21" s="55"/>
       <c r="P21" s="55"/>
       <c r="Q21" s="11">
         <f>SUM(C21:P21)</f>
-        <v>931392.59626097197</v>
+        <v>992302.66626097192</v>
       </c>
       <c r="R21" s="51"/>
     </row>
     <row r="22" spans="1:21" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A22" s="98" t="s">
         <v>67</v>
       </c>
       <c r="B22" s="107" t="s">
         <v>68</v>
       </c>
       <c r="C22" s="82">
         <v>659848.64277300017</v>
       </c>
       <c r="D22" s="90">
         <v>1003703.5407000015</v>
       </c>
       <c r="E22" s="90">
         <v>982892.76619999972</v>
       </c>
       <c r="F22" s="90">
         <v>950411.29682624945</v>
       </c>
       <c r="G22" s="90">
         <v>959181.86499999999</v>
       </c>
       <c r="H22" s="90">
         <v>846133.84699999914</v>
       </c>
       <c r="I22" s="90">
-        <v>422043.18999999994</v>
+        <v>829475.83000000007</v>
       </c>
       <c r="J22" s="55"/>
       <c r="K22" s="55"/>
       <c r="L22" s="55"/>
       <c r="M22" s="55"/>
       <c r="N22" s="55"/>
       <c r="O22" s="55"/>
       <c r="P22" s="55"/>
       <c r="Q22" s="11">
         <f t="shared" ref="Q22:Q33" si="1">SUM(C22:P22)</f>
-        <v>5824215.1484992504</v>
+        <v>6231647.7884992501</v>
       </c>
       <c r="R22" s="51"/>
     </row>
     <row r="23" spans="1:21" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A23" s="99" t="s">
         <v>47</v>
       </c>
       <c r="B23" s="105" t="s">
         <v>69</v>
       </c>
       <c r="C23" s="83">
         <v>275476.58039999998</v>
       </c>
       <c r="D23" s="90">
         <v>348008.77249999996</v>
       </c>
       <c r="E23" s="90">
         <v>377373.58509999991</v>
       </c>
       <c r="F23" s="90">
         <v>411394.29749999987</v>
       </c>
       <c r="G23" s="90">
         <v>407253.61</v>
       </c>
       <c r="H23" s="90">
         <v>353284.4149999998</v>
       </c>
       <c r="I23" s="90">
-        <v>146436.7399999999</v>
+        <v>332169.6399999999</v>
       </c>
       <c r="J23" s="58"/>
       <c r="K23" s="59"/>
       <c r="L23" s="54"/>
       <c r="M23" s="54"/>
       <c r="N23" s="54"/>
       <c r="O23" s="54"/>
       <c r="P23" s="54"/>
       <c r="Q23" s="11">
         <f t="shared" si="1"/>
-        <v>2319228.0004999996</v>
+        <v>2504960.9004999995</v>
       </c>
       <c r="R23" s="51"/>
       <c r="S23" s="27"/>
     </row>
     <row r="24" spans="1:21" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A24" s="99" t="s">
         <v>49</v>
       </c>
       <c r="B24" s="105" t="s">
         <v>70</v>
       </c>
       <c r="C24" s="84">
         <v>393611.09</v>
       </c>
       <c r="D24" s="90">
         <v>490504.99520000006</v>
       </c>
       <c r="E24" s="90">
         <v>324044.43</v>
       </c>
       <c r="F24" s="90">
         <v>289306.90749999997</v>
       </c>
       <c r="G24" s="90">
         <v>353247.46999999986</v>
       </c>
       <c r="H24" s="90">
         <v>329321.86750000005</v>
       </c>
       <c r="I24" s="90">
-        <v>206601.21</v>
+        <v>312288.89</v>
       </c>
       <c r="J24" s="58"/>
       <c r="K24" s="60"/>
       <c r="L24" s="58"/>
       <c r="M24" s="58"/>
       <c r="N24" s="58"/>
       <c r="O24" s="58"/>
       <c r="P24" s="58"/>
       <c r="Q24" s="11">
         <f t="shared" si="1"/>
-        <v>2386637.9701999999</v>
+        <v>2492325.6502</v>
       </c>
       <c r="R24" s="51"/>
       <c r="S24" s="27"/>
     </row>
     <row r="25" spans="1:21" ht="51" x14ac:dyDescent="0.25">
       <c r="A25" s="99" t="s">
         <v>51</v>
       </c>
       <c r="B25" s="105" t="s">
         <v>71</v>
       </c>
       <c r="C25" s="56">
         <v>261742.16788200004</v>
       </c>
       <c r="D25" s="90">
         <v>560939.73100000015</v>
       </c>
       <c r="E25" s="90">
         <v>554579.30149475206</v>
       </c>
       <c r="F25" s="90">
         <v>534842.03474349994</v>
       </c>
       <c r="G25" s="90">
         <v>485586.16499999998</v>
       </c>
       <c r="H25" s="90">
         <v>415989.06289999996</v>
       </c>
       <c r="I25" s="90">
-        <v>206354.53</v>
+        <v>406664.20999999996</v>
       </c>
       <c r="J25" s="59"/>
       <c r="K25" s="58"/>
       <c r="L25" s="58"/>
       <c r="M25" s="58"/>
       <c r="N25" s="58"/>
       <c r="O25" s="58"/>
       <c r="P25" s="58"/>
       <c r="Q25" s="11">
         <f t="shared" si="1"/>
-        <v>3020032.9930202519</v>
+        <v>3220342.673020252</v>
       </c>
       <c r="R25" s="51"/>
       <c r="S25" s="27"/>
     </row>
     <row r="26" spans="1:21" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A26" s="99" t="s">
         <v>53</v>
       </c>
       <c r="B26" s="105" t="s">
         <v>72</v>
       </c>
       <c r="C26" s="86">
         <v>290063.04710000008</v>
       </c>
       <c r="D26" s="90">
         <v>595826.50000000093</v>
       </c>
       <c r="E26" s="90">
         <v>697744.84844794928</v>
       </c>
       <c r="F26" s="90">
         <v>640231.0139739993</v>
       </c>
       <c r="G26" s="90">
         <v>646672.94000000122</v>
       </c>
       <c r="H26" s="90">
         <v>684345.1599999998</v>
       </c>
       <c r="I26" s="90">
-        <v>327721.2300000001</v>
+        <v>631127.76000000036</v>
       </c>
       <c r="J26" s="54"/>
       <c r="K26" s="58"/>
       <c r="L26" s="58"/>
       <c r="M26" s="58"/>
       <c r="N26" s="58"/>
       <c r="O26" s="58"/>
       <c r="P26" s="58"/>
       <c r="Q26" s="11">
         <f t="shared" si="1"/>
-        <v>3882604.7395219505</v>
+        <v>4186011.2695219507</v>
       </c>
       <c r="R26" s="51"/>
       <c r="S26" s="27"/>
     </row>
     <row r="27" spans="1:21" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A27" s="99" t="s">
         <v>73</v>
       </c>
       <c r="B27" s="105" t="s">
         <v>74</v>
       </c>
       <c r="C27" s="86">
         <v>58518.409691000008</v>
       </c>
       <c r="D27" s="90">
         <v>3994.92</v>
       </c>
       <c r="E27" s="90">
         <v>97855.409999999989</v>
       </c>
       <c r="F27" s="90">
         <v>172966.29749999999</v>
       </c>
       <c r="G27" s="90">
         <v>117680.99999999999</v>
       </c>
       <c r="H27" s="90">
         <v>252802.8475</v>
       </c>
       <c r="I27" s="90">
-        <v>103054.60999999999</v>
+        <v>220895.35999999996</v>
       </c>
       <c r="J27" s="54"/>
       <c r="K27" s="58"/>
       <c r="L27" s="58"/>
       <c r="M27" s="58"/>
       <c r="N27" s="58"/>
       <c r="O27" s="58"/>
       <c r="P27" s="58"/>
       <c r="Q27" s="11">
         <f t="shared" si="1"/>
-        <v>806873.49469099997</v>
+        <v>924714.24469099997</v>
       </c>
       <c r="R27" s="51"/>
       <c r="S27" s="27"/>
     </row>
     <row r="28" spans="1:21" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A28" s="100" t="s">
         <v>57</v>
       </c>
       <c r="B28" s="99" t="s">
         <v>75</v>
       </c>
       <c r="C28" s="86">
         <v>99845.393000000011</v>
       </c>
       <c r="D28" s="90">
         <v>96631.86500000002</v>
       </c>
       <c r="E28" s="90">
         <v>90744.322500000009</v>
       </c>
       <c r="F28" s="90">
         <v>99461.099999999991</v>
       </c>
       <c r="G28" s="90">
         <v>115230.76999999999</v>
       </c>
       <c r="H28" s="90">
         <v>79677.329999999987</v>
       </c>
       <c r="I28" s="90">
-        <v>38423.479999999996</v>
+        <v>76821.989999999991</v>
       </c>
       <c r="J28" s="54"/>
       <c r="K28" s="58"/>
       <c r="L28" s="58"/>
       <c r="M28" s="58"/>
       <c r="N28" s="58"/>
       <c r="O28" s="58"/>
       <c r="P28" s="58"/>
       <c r="Q28" s="11">
         <f t="shared" si="1"/>
-        <v>620014.26049999997</v>
+        <v>658412.77049999998</v>
       </c>
       <c r="R28" s="51"/>
       <c r="S28" s="27"/>
     </row>
     <row r="29" spans="1:21" ht="51" x14ac:dyDescent="0.25">
       <c r="A29" s="99" t="s">
         <v>76</v>
       </c>
       <c r="B29" s="99" t="s">
         <v>77</v>
       </c>
       <c r="C29" s="86">
         <v>104080.85620000001</v>
       </c>
       <c r="D29" s="90">
         <v>276131.39249999996</v>
       </c>
       <c r="E29" s="90">
         <v>179258.92902500002</v>
       </c>
       <c r="F29" s="90">
         <v>209993.069487</v>
       </c>
       <c r="G29" s="90">
         <v>156323.03799999997</v>
       </c>
       <c r="H29" s="90">
         <v>119059.53499999999</v>
       </c>
       <c r="I29" s="90">
-        <v>154184.04999999999</v>
+        <v>244615.16</v>
       </c>
       <c r="J29" s="54"/>
       <c r="K29" s="58"/>
       <c r="L29" s="58"/>
       <c r="M29" s="58"/>
       <c r="N29" s="58"/>
       <c r="O29" s="58"/>
       <c r="P29" s="58"/>
       <c r="Q29" s="11">
         <f t="shared" si="1"/>
-        <v>1199030.8702120001</v>
+        <v>1289461.980212</v>
       </c>
       <c r="R29" s="51"/>
       <c r="S29" s="27"/>
     </row>
-    <row r="30" spans="1:21" ht="51" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:21" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A30" s="99" t="s">
         <v>78</v>
       </c>
       <c r="B30" s="99" t="s">
         <v>79</v>
       </c>
       <c r="C30" s="56">
         <v>230711.55379999999</v>
       </c>
       <c r="D30" s="90">
         <v>133861.43</v>
       </c>
       <c r="E30" s="90">
         <v>78244.079999999987</v>
       </c>
       <c r="F30" s="90">
         <v>99932.83</v>
       </c>
       <c r="G30" s="90">
         <v>94234.584999999992</v>
       </c>
       <c r="H30" s="90">
         <v>65675.107499999998</v>
       </c>
       <c r="I30" s="90">
-        <v>45534.68</v>
+        <v>68157.460000000006</v>
       </c>
       <c r="J30" s="59"/>
       <c r="K30" s="60"/>
       <c r="L30" s="60"/>
       <c r="M30" s="60"/>
       <c r="N30" s="60"/>
       <c r="O30" s="58"/>
       <c r="P30" s="58"/>
       <c r="Q30" s="11">
         <f t="shared" si="1"/>
-        <v>748194.26630000002</v>
+        <v>770817.04629999993</v>
       </c>
       <c r="R30" s="51"/>
       <c r="S30" s="27"/>
     </row>
     <row r="31" spans="1:21" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A31" s="99" t="s">
         <v>80</v>
       </c>
       <c r="B31" s="99" t="s">
         <v>81</v>
       </c>
       <c r="C31" s="56">
         <v>53376.849600000001</v>
       </c>
       <c r="D31" s="90">
         <v>135339.39250000002</v>
       </c>
       <c r="E31" s="90">
         <v>73052.781300000002</v>
       </c>
       <c r="F31" s="90">
         <v>50482.047947999999</v>
       </c>
       <c r="G31" s="90">
         <v>41135.85</v>
       </c>
       <c r="H31" s="90">
         <v>67491.904999999999</v>
       </c>
       <c r="I31" s="90">
-        <v>19166.949999999997</v>
+        <v>47116.56</v>
       </c>
       <c r="J31" s="59"/>
       <c r="K31" s="60"/>
       <c r="L31" s="60"/>
       <c r="M31" s="60"/>
       <c r="N31" s="60"/>
       <c r="O31" s="58"/>
       <c r="P31" s="58"/>
       <c r="Q31" s="11">
         <f t="shared" si="1"/>
-        <v>440045.77634799998</v>
+        <v>467995.38634799997</v>
       </c>
       <c r="R31" s="51"/>
       <c r="S31" s="27"/>
     </row>
     <row r="32" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A32" s="99" t="s">
         <v>82</v>
       </c>
       <c r="B32" s="99" t="s">
         <v>83</v>
       </c>
       <c r="C32" s="56">
         <v>59624.81720000002</v>
       </c>
       <c r="D32" s="90">
         <v>117365.76999999999</v>
       </c>
       <c r="E32" s="90">
         <v>146514.36999999994</v>
       </c>
       <c r="F32" s="90">
         <v>82695.23000000001</v>
       </c>
       <c r="G32" s="90">
         <v>72082.81</v>
       </c>
       <c r="H32" s="90">
         <v>72800.397500000006</v>
       </c>
       <c r="I32" s="90">
-        <v>33809.600000000006</v>
+        <v>73664.470000000016</v>
       </c>
       <c r="J32" s="59"/>
       <c r="K32" s="60"/>
       <c r="L32" s="60"/>
       <c r="M32" s="60"/>
       <c r="N32" s="60"/>
       <c r="O32" s="58"/>
       <c r="P32" s="58"/>
       <c r="Q32" s="11">
         <f t="shared" si="1"/>
-        <v>584892.99469999992</v>
+        <v>624747.86469999992</v>
       </c>
       <c r="R32" s="51"/>
       <c r="S32" s="27"/>
     </row>
     <row r="33" spans="1:19" ht="39" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="132" t="s">
         <v>84</v>
       </c>
       <c r="B33" s="104" t="s">
         <v>85</v>
       </c>
       <c r="C33" s="87">
         <v>6179.2300000000005</v>
       </c>
       <c r="D33" s="90">
         <v>81798.545000000027</v>
       </c>
       <c r="E33" s="90">
         <v>47715.372499999998</v>
       </c>
       <c r="F33" s="90">
         <v>15111.989999999998</v>
       </c>
       <c r="G33" s="90">
         <v>11419.82</v>
@@ -6975,83 +7019,83 @@
         <f>SUM(C21:C33)</f>
         <v>2574551.2307190001</v>
       </c>
       <c r="D34" s="148">
         <f t="shared" ref="D34:P34" si="2">SUM(D21:D33)</f>
         <v>4007489.2824000027</v>
       </c>
       <c r="E34" s="85">
         <f t="shared" si="2"/>
         <v>3819534.1608076734</v>
       </c>
       <c r="F34" s="85">
         <f t="shared" si="2"/>
         <v>3708070.1409267485</v>
       </c>
       <c r="G34" s="85">
         <f t="shared" si="2"/>
         <v>3609332.625500001</v>
       </c>
       <c r="H34" s="85">
         <f t="shared" si="2"/>
         <v>3435812.7578999992</v>
       </c>
       <c r="I34" s="85">
         <f t="shared" si="2"/>
-        <v>1770597.8699999999</v>
+        <v>3371175</v>
       </c>
       <c r="J34" s="85">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K34" s="85">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L34" s="85">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M34" s="85">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="N34" s="85">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O34" s="85">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="P34" s="85">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="Q34" s="78">
         <f>SUM(C34:P34)+(C16+D16)</f>
-        <v>25608417.929753423</v>
+        <v>27208995.059753422</v>
       </c>
       <c r="R34" s="138" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="36" spans="1:19" ht="90" x14ac:dyDescent="0.25">
       <c r="A36" s="121" t="s">
         <v>88</v>
       </c>
       <c r="C36" s="12"/>
       <c r="D36" s="25"/>
       <c r="E36" s="25"/>
       <c r="F36" s="25"/>
       <c r="G36" s="25"/>
       <c r="H36" s="25"/>
       <c r="I36" s="25"/>
       <c r="J36" s="25"/>
       <c r="K36" s="25"/>
       <c r="L36" s="25"/>
       <c r="M36" s="25"/>
       <c r="N36" s="25"/>
       <c r="O36" s="25"/>
       <c r="P36" s="25"/>
       <c r="Q36" s="134"/>
     </row>
@@ -7231,179 +7275,179 @@
     </row>
     <row r="48" spans="1:19" x14ac:dyDescent="0.25">
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48"/>
       <c r="G48"/>
       <c r="H48"/>
       <c r="I48"/>
       <c r="J48"/>
       <c r="K48"/>
       <c r="L48"/>
       <c r="M48"/>
       <c r="N48"/>
       <c r="O48"/>
       <c r="P48"/>
       <c r="Q48"/>
     </row>
     <row r="49" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="50" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="51" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="52" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="53" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="54" customFormat="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="oGvGF674dUGFV5vwykfS0+fORcIX1MdWpSHrWgm2/6bt0XzdXS+VB8Zi/3pMrClJqsBFrLD+dwYWNwrYyXT3YA==" saltValue="bF99jCDW3TCDnO7FgISZjA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="OIpLLDdJsgclIhA+EqdqPRsa/vIPN1jf991D/fmF9xgbuAIRyEURXc0+NEzORIMX/jIoH4wyyeFbgOs9tboh9w==" saltValue="u51SfRj2+FtYVxjXYnXl5w==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
   <dimension ref="A1:V70"/>
   <sheetViews>
-    <sheetView topLeftCell="A27" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="I38" sqref="I38"/>
+      <selection pane="topRight" activeCell="J36" sqref="J36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="59" customWidth="1"/>
     <col min="2" max="2" width="37.42578125" customWidth="1"/>
     <col min="3" max="17" width="18.85546875" style="9" customWidth="1"/>
     <col min="18" max="18" width="45.85546875" customWidth="1"/>
     <col min="19" max="19" width="11.140625" customWidth="1"/>
     <col min="20" max="20" width="11.5703125" customWidth="1"/>
     <col min="21" max="21" width="13.42578125" customWidth="1"/>
     <col min="22" max="22" width="11.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="128" t="str">
         <f>'1. Expenditures'!A1</f>
         <v>SOMAH Program Administrator</v>
       </c>
       <c r="C1" s="25"/>
       <c r="D1" s="25"/>
       <c r="E1" s="25"/>
       <c r="F1" s="25"/>
       <c r="G1" s="25"/>
       <c r="H1" s="25"/>
       <c r="I1" s="25"/>
       <c r="J1" s="25"/>
       <c r="K1" s="25"/>
       <c r="L1" s="25"/>
       <c r="M1" s="25"/>
       <c r="N1" s="25"/>
       <c r="O1" s="25"/>
       <c r="P1" s="25"/>
       <c r="Q1" s="25"/>
     </row>
     <row r="2" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A2" s="182" t="str">
+      <c r="A2" s="180" t="str">
         <f>'1. Expenditures'!A2</f>
-        <v>Reporting Date: July 31, 2025</v>
+        <v>Reporting Date: January 30, 2026</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="26"/>
       <c r="D2" s="26"/>
       <c r="E2" s="26"/>
       <c r="F2" s="26"/>
       <c r="G2" s="26"/>
       <c r="H2" s="26"/>
       <c r="I2" s="26"/>
       <c r="J2" s="26"/>
       <c r="K2" s="26"/>
       <c r="L2" s="26"/>
       <c r="M2" s="26"/>
       <c r="N2" s="26"/>
       <c r="O2" s="26"/>
       <c r="P2" s="26"/>
       <c r="Q2" s="26"/>
       <c r="R2" s="6"/>
       <c r="S2" s="6"/>
       <c r="T2" s="6"/>
       <c r="U2" s="6"/>
     </row>
     <row r="3" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A3" s="63" t="str">
         <f>'1. Expenditures'!A3</f>
-        <v>Reporting Data Through: June 30, 2025</v>
+        <v>Reporting Data Through: December 31, 2025</v>
       </c>
       <c r="B3" s="24"/>
       <c r="C3" s="26"/>
       <c r="D3" s="26"/>
       <c r="E3" s="26"/>
       <c r="F3" s="26"/>
       <c r="G3" s="26"/>
       <c r="H3" s="26"/>
       <c r="I3" s="26"/>
       <c r="J3" s="26"/>
       <c r="K3" s="26"/>
       <c r="L3" s="26"/>
       <c r="M3" s="26"/>
       <c r="N3" s="26"/>
       <c r="O3" s="26"/>
       <c r="P3" s="26"/>
       <c r="Q3" s="26"/>
       <c r="R3" s="6"/>
       <c r="S3" s="6"/>
       <c r="T3" s="6"/>
       <c r="U3" s="6"/>
     </row>
     <row r="4" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A4" s="63"/>
       <c r="B4" s="24"/>
       <c r="C4" s="26"/>
       <c r="D4" s="26"/>
       <c r="E4" s="26"/>
       <c r="F4" s="26"/>
       <c r="G4" s="26"/>
       <c r="H4" s="26"/>
       <c r="I4" s="26"/>
       <c r="J4" s="26"/>
       <c r="K4" s="26"/>
       <c r="L4" s="26"/>
       <c r="M4" s="26"/>
       <c r="N4" s="26"/>
       <c r="O4" s="26"/>
       <c r="P4" s="26"/>
       <c r="Q4" s="26"/>
       <c r="R4" s="6"/>
       <c r="S4" s="6"/>
       <c r="T4" s="6"/>
       <c r="U4" s="6"/>
     </row>
     <row r="5" spans="1:21" ht="27" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="122" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="B5" s="24"/>
       <c r="C5" s="26"/>
       <c r="D5" s="26"/>
       <c r="E5" s="26"/>
       <c r="F5" s="26"/>
       <c r="G5" s="26"/>
       <c r="H5" s="26"/>
       <c r="I5" s="26"/>
       <c r="J5" s="26"/>
       <c r="K5" s="26"/>
       <c r="L5" s="26"/>
       <c r="M5" s="26"/>
       <c r="N5" s="26"/>
       <c r="O5" s="26"/>
       <c r="P5" s="26"/>
       <c r="Q5" s="26"/>
       <c r="R5" s="6"/>
       <c r="S5" s="6"/>
       <c r="T5" s="6"/>
       <c r="U5" s="6"/>
     </row>
     <row r="6" spans="1:21" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="13" t="s">
         <v>89</v>
@@ -7748,51 +7792,51 @@
     <row r="17" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A17" s="63"/>
       <c r="B17" s="24"/>
       <c r="C17" s="26"/>
       <c r="D17" s="26"/>
       <c r="E17" s="26"/>
       <c r="F17" s="26"/>
       <c r="G17" s="26"/>
       <c r="H17" s="26"/>
       <c r="I17" s="26"/>
       <c r="J17" s="26"/>
       <c r="K17" s="26"/>
       <c r="L17" s="26"/>
       <c r="M17" s="26"/>
       <c r="N17" s="26"/>
       <c r="O17" s="26"/>
       <c r="P17" s="26"/>
       <c r="Q17" s="26"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
       <c r="T17" s="6"/>
       <c r="U17" s="6"/>
     </row>
     <row r="18" spans="1:22" ht="27" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="122" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="26"/>
       <c r="D18" s="26"/>
       <c r="E18" s="26"/>
       <c r="F18" s="26"/>
       <c r="G18" s="26"/>
       <c r="H18" s="26"/>
       <c r="I18" s="26"/>
       <c r="J18" s="26"/>
       <c r="K18" s="26"/>
       <c r="L18" s="26"/>
       <c r="M18" s="26"/>
       <c r="N18" s="26"/>
       <c r="O18" s="26"/>
       <c r="P18" s="26"/>
       <c r="Q18" s="26"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
       <c r="T18" s="6"/>
       <c r="U18" s="6"/>
     </row>
     <row r="19" spans="1:22" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="13" t="s">
         <v>89</v>
@@ -7853,718 +7897,718 @@
       <c r="A20" s="98" t="s">
         <v>100</v>
       </c>
       <c r="B20" s="98" t="s">
         <v>101</v>
       </c>
       <c r="C20" s="82">
         <v>199615.99430000002</v>
       </c>
       <c r="D20" s="90">
         <v>462254.54953000031</v>
       </c>
       <c r="E20" s="90">
         <v>526897.60233062343</v>
       </c>
       <c r="F20" s="90">
         <v>599205.67817025003</v>
       </c>
       <c r="G20" s="90">
         <v>538786.11999999988</v>
       </c>
       <c r="H20" s="90">
         <v>489998.83</v>
       </c>
       <c r="I20" s="90">
-        <v>246898.55</v>
+        <v>466802.49</v>
       </c>
       <c r="J20" s="55"/>
       <c r="K20" s="55"/>
       <c r="L20" s="55"/>
       <c r="M20" s="55"/>
       <c r="N20" s="55"/>
-      <c r="O20" s="201"/>
-      <c r="P20" s="201"/>
+      <c r="O20" s="198"/>
+      <c r="P20" s="198"/>
       <c r="Q20" s="64">
         <f>SUM(C20:P20)</f>
-        <v>3063657.3243308738</v>
+        <v>3283561.2643308742</v>
       </c>
       <c r="R20" s="51"/>
     </row>
     <row r="21" spans="1:22" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A21" s="99" t="s">
         <v>92</v>
       </c>
       <c r="B21" s="99" t="s">
         <v>93</v>
       </c>
       <c r="C21" s="83">
         <v>145320.99250000002</v>
       </c>
       <c r="D21" s="90">
         <v>206661.60850000003</v>
       </c>
       <c r="E21" s="90">
         <v>220177.09849999996</v>
       </c>
       <c r="F21" s="90">
         <v>287450.96224349993</v>
       </c>
       <c r="G21" s="90">
         <v>142539.27999999997</v>
       </c>
       <c r="H21" s="90">
         <v>123508.85999999999</v>
       </c>
       <c r="I21" s="90">
-        <v>46419.94000000001</v>
+        <v>87962.85</v>
       </c>
       <c r="J21" s="58"/>
       <c r="K21" s="59"/>
       <c r="L21" s="54"/>
       <c r="M21" s="54"/>
       <c r="N21" s="54"/>
-      <c r="O21" s="202"/>
-      <c r="P21" s="202"/>
+      <c r="O21" s="199"/>
+      <c r="P21" s="199"/>
       <c r="Q21" s="64">
         <f t="shared" ref="Q21:Q33" si="0">SUM(C21:P21)</f>
-        <v>1172078.7417434999</v>
+        <v>1213621.6517435</v>
       </c>
       <c r="R21" s="51"/>
       <c r="S21" s="27"/>
     </row>
     <row r="22" spans="1:22" ht="32.450000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="99" t="s">
         <v>94</v>
       </c>
       <c r="B22" s="99" t="s">
         <v>95</v>
       </c>
       <c r="C22" s="83">
         <v>259135.41250000001</v>
       </c>
       <c r="D22" s="90">
         <v>821386.79950000008</v>
       </c>
       <c r="E22" s="90">
         <v>979591.90579999995</v>
       </c>
       <c r="F22" s="90">
         <v>1076891.6772092499</v>
       </c>
       <c r="G22" s="90">
         <v>1044987.7024999999</v>
       </c>
       <c r="H22" s="90">
         <v>702344.08499999996</v>
       </c>
       <c r="I22" s="90">
-        <v>291430.48</v>
+        <v>588991.27</v>
       </c>
       <c r="J22" s="58"/>
       <c r="K22" s="59"/>
       <c r="L22" s="54"/>
       <c r="M22" s="54"/>
       <c r="N22" s="54"/>
-      <c r="O22" s="202"/>
-      <c r="P22" s="202"/>
+      <c r="O22" s="199"/>
+      <c r="P22" s="199"/>
       <c r="Q22" s="64">
         <f t="shared" si="0"/>
-        <v>5175768.0625092499</v>
+        <v>5473328.852509249</v>
       </c>
       <c r="R22" s="51"/>
       <c r="S22" s="27"/>
     </row>
     <row r="23" spans="1:22" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A23" s="120" t="s">
         <v>108</v>
       </c>
       <c r="B23" s="99" t="s">
         <v>109</v>
       </c>
       <c r="C23" s="83">
         <v>68693.329800000007</v>
       </c>
       <c r="D23" s="90">
         <v>52473.377999999997</v>
       </c>
       <c r="E23" s="90">
         <v>120942.0564</v>
       </c>
       <c r="F23" s="90">
         <v>177735.604422</v>
       </c>
       <c r="G23" s="90">
         <v>176868.44249999995</v>
       </c>
       <c r="H23" s="90">
         <v>89797.440000000002</v>
       </c>
       <c r="I23" s="90">
-        <v>28828.48</v>
+        <v>47663.31</v>
       </c>
       <c r="J23" s="58"/>
       <c r="K23" s="59"/>
       <c r="L23" s="54"/>
       <c r="M23" s="54"/>
       <c r="N23" s="54"/>
-      <c r="O23" s="202"/>
-      <c r="P23" s="202"/>
+      <c r="O23" s="199"/>
+      <c r="P23" s="199"/>
       <c r="Q23" s="64">
         <f t="shared" si="0"/>
-        <v>715338.73112199991</v>
+        <v>734173.56112199998</v>
       </c>
       <c r="R23" s="52"/>
       <c r="S23" s="27"/>
     </row>
     <row r="24" spans="1:22" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A24" s="99" t="s">
         <v>98</v>
       </c>
       <c r="B24" s="99" t="s">
         <v>110</v>
       </c>
       <c r="C24" s="56">
         <v>87333.977500000008</v>
       </c>
       <c r="D24" s="90">
         <v>54181.404999999999</v>
       </c>
       <c r="E24" s="90">
         <v>119636.7188</v>
       </c>
       <c r="F24" s="90">
         <v>90442.267444500001</v>
       </c>
       <c r="G24" s="90">
         <v>29081.584999999999</v>
       </c>
       <c r="H24" s="90">
         <v>32145.010000000002</v>
       </c>
       <c r="I24" s="90">
-        <v>17549.439999999999</v>
+        <v>27767.25</v>
       </c>
       <c r="J24" s="59"/>
       <c r="K24" s="59"/>
       <c r="L24" s="59"/>
       <c r="M24" s="59"/>
       <c r="N24" s="59"/>
-      <c r="O24" s="202"/>
-      <c r="P24" s="202"/>
+      <c r="O24" s="199"/>
+      <c r="P24" s="199"/>
       <c r="Q24" s="64">
         <f t="shared" si="0"/>
-        <v>430370.40374450001</v>
+        <v>440588.21374450001</v>
       </c>
       <c r="R24" s="51"/>
       <c r="S24" s="27"/>
     </row>
     <row r="25" spans="1:22" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A25" s="99" t="s">
         <v>111</v>
       </c>
       <c r="B25" s="99" t="s">
         <v>103</v>
       </c>
       <c r="C25" s="56">
         <v>105347.93500000001</v>
       </c>
       <c r="D25" s="90">
         <v>43176.608099999998</v>
       </c>
       <c r="E25" s="90">
         <v>71261.434999999998</v>
       </c>
       <c r="F25" s="90">
         <v>139694.60999999999</v>
       </c>
       <c r="G25" s="90">
         <v>118854.45</v>
       </c>
       <c r="H25" s="90">
         <v>150236.58000000002</v>
       </c>
       <c r="I25" s="90">
-        <v>74938.239999999991</v>
+        <v>149887.19</v>
       </c>
       <c r="J25" s="59"/>
       <c r="K25" s="59"/>
       <c r="L25" s="59"/>
       <c r="M25" s="59"/>
       <c r="N25" s="59"/>
-      <c r="O25" s="202"/>
-      <c r="P25" s="202"/>
+      <c r="O25" s="199"/>
+      <c r="P25" s="199"/>
       <c r="Q25" s="64">
         <f t="shared" si="0"/>
-        <v>703509.85810000007</v>
+        <v>778458.80810000002</v>
       </c>
       <c r="R25" s="51"/>
       <c r="S25" s="27"/>
     </row>
     <row r="26" spans="1:22" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A26" s="100" t="s">
         <v>112</v>
       </c>
       <c r="B26" s="100" t="s">
         <v>105</v>
       </c>
       <c r="C26" s="56">
         <v>131440.8075</v>
       </c>
       <c r="D26" s="90">
         <v>202616.7953687</v>
       </c>
       <c r="E26" s="90">
         <v>247929.1801</v>
       </c>
       <c r="F26" s="90">
         <v>214156.40617640002</v>
       </c>
       <c r="G26" s="90">
         <v>215383.69</v>
       </c>
       <c r="H26" s="90">
         <v>331618.53000000003</v>
       </c>
       <c r="I26" s="90">
-        <v>134464.92999999996</v>
+        <v>245852.85999999996</v>
       </c>
       <c r="J26" s="59"/>
       <c r="K26" s="59"/>
       <c r="L26" s="59"/>
       <c r="M26" s="59"/>
       <c r="N26" s="59"/>
-      <c r="O26" s="202"/>
-      <c r="P26" s="202"/>
+      <c r="O26" s="199"/>
+      <c r="P26" s="199"/>
       <c r="Q26" s="64">
         <f t="shared" si="0"/>
-        <v>1477610.3391451</v>
+        <v>1588998.2691450999</v>
       </c>
       <c r="R26" s="51"/>
       <c r="S26" s="27"/>
     </row>
     <row r="27" spans="1:22" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A27" s="99" t="s">
         <v>113</v>
       </c>
       <c r="B27" s="100" t="s">
         <v>107</v>
       </c>
       <c r="C27" s="56">
         <v>42679.214099999997</v>
       </c>
       <c r="D27" s="90">
         <v>48429.272499999999</v>
       </c>
       <c r="E27" s="90">
         <v>87302.42200000002</v>
       </c>
       <c r="F27" s="90">
         <v>92121.69</v>
       </c>
       <c r="G27" s="90">
         <v>86398.989999999962</v>
       </c>
       <c r="H27" s="90">
         <v>54096.407500000016</v>
       </c>
       <c r="I27" s="90">
-        <v>8935.08</v>
+        <v>35462.410000000003</v>
       </c>
       <c r="J27" s="59"/>
       <c r="K27" s="59"/>
       <c r="L27" s="59"/>
       <c r="M27" s="59"/>
       <c r="N27" s="59"/>
-      <c r="O27" s="202"/>
-      <c r="P27" s="202"/>
+      <c r="O27" s="199"/>
+      <c r="P27" s="199"/>
       <c r="Q27" s="64">
         <f t="shared" si="0"/>
-        <v>419963.07610000006</v>
+        <v>446490.40610000002</v>
       </c>
       <c r="R27" s="51"/>
       <c r="S27" s="27"/>
     </row>
     <row r="28" spans="1:22" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A28" s="99" t="s">
         <v>114</v>
       </c>
       <c r="B28" s="99" t="s">
         <v>115</v>
       </c>
       <c r="C28" s="56">
         <v>68661.225000000006</v>
       </c>
       <c r="D28" s="90">
         <v>29070.400000000001</v>
       </c>
       <c r="E28" s="90">
         <v>42006.857500000006</v>
       </c>
       <c r="F28" s="90">
         <v>37252.199999999997</v>
       </c>
       <c r="G28" s="90">
         <v>37051.49</v>
       </c>
       <c r="H28" s="90">
         <v>35486.854999999996</v>
       </c>
       <c r="I28" s="90">
-        <v>18750.509999999998</v>
+        <v>35194.679999999993</v>
       </c>
       <c r="J28" s="59"/>
       <c r="K28" s="59"/>
       <c r="L28" s="59"/>
       <c r="M28" s="59"/>
       <c r="N28" s="59"/>
-      <c r="O28" s="202"/>
-      <c r="P28" s="202"/>
+      <c r="O28" s="199"/>
+      <c r="P28" s="199"/>
       <c r="Q28" s="64">
         <f t="shared" si="0"/>
-        <v>268279.53749999998</v>
+        <v>284723.70749999996</v>
       </c>
       <c r="R28" s="51"/>
       <c r="S28" s="27"/>
     </row>
     <row r="29" spans="1:22" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A29" s="104" t="s">
         <v>116</v>
       </c>
       <c r="B29" s="104" t="s">
         <v>117</v>
       </c>
       <c r="C29" s="56">
         <v>72831.180000000008</v>
       </c>
       <c r="D29" s="90">
         <v>58721.13</v>
       </c>
       <c r="E29" s="90">
         <v>117858.55999999997</v>
       </c>
       <c r="F29" s="90">
         <v>198549.40224349999</v>
       </c>
       <c r="G29" s="90">
         <v>194272.17499999999</v>
       </c>
       <c r="H29" s="90">
         <v>175364.84000000003</v>
       </c>
       <c r="I29" s="90">
-        <v>20546.7</v>
+        <v>67840.97</v>
       </c>
       <c r="J29" s="59"/>
       <c r="K29" s="59"/>
       <c r="L29" s="59"/>
       <c r="M29" s="59"/>
       <c r="N29" s="59"/>
-      <c r="O29" s="202"/>
-      <c r="P29" s="202"/>
+      <c r="O29" s="199"/>
+      <c r="P29" s="199"/>
       <c r="Q29" s="64">
         <f t="shared" si="0"/>
-        <v>838143.98724350007</v>
+        <v>885438.25724350009</v>
       </c>
       <c r="R29" s="51"/>
       <c r="S29" s="27"/>
     </row>
     <row r="30" spans="1:22" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A30" s="99" t="s">
         <v>118</v>
       </c>
       <c r="B30" s="99" t="s">
         <v>119</v>
       </c>
       <c r="C30" s="56">
         <v>108816.46328000003</v>
       </c>
       <c r="D30" s="90">
         <v>80817.689999999973</v>
       </c>
       <c r="E30" s="90">
         <v>136269.93499999994</v>
       </c>
       <c r="F30" s="90">
         <v>92019.840000000026</v>
       </c>
       <c r="G30" s="90">
         <v>65319.180000000008</v>
       </c>
       <c r="H30" s="90">
         <v>84000.977499999979</v>
       </c>
       <c r="I30" s="90">
-        <v>42942.48000000001</v>
+        <v>78063.140000000014</v>
       </c>
       <c r="J30" s="59"/>
       <c r="K30" s="59"/>
       <c r="L30" s="59"/>
       <c r="M30" s="59"/>
       <c r="N30" s="59"/>
-      <c r="O30" s="202"/>
-      <c r="P30" s="202"/>
+      <c r="O30" s="199"/>
+      <c r="P30" s="199"/>
       <c r="Q30" s="64">
         <f t="shared" si="0"/>
-        <v>610186.56577999983</v>
+        <v>645307.22577999986</v>
       </c>
       <c r="R30" s="51"/>
       <c r="S30" s="27"/>
     </row>
     <row r="31" spans="1:22" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A31" s="92" t="s">
         <v>120</v>
       </c>
       <c r="B31" s="100" t="s">
         <v>121</v>
       </c>
       <c r="C31" s="56">
         <v>14633.975</v>
       </c>
       <c r="D31" s="90">
         <v>8628.0949999999993</v>
       </c>
       <c r="E31" s="90">
         <v>76836.374500000005</v>
       </c>
       <c r="F31" s="90">
         <v>154386.07</v>
       </c>
       <c r="G31" s="90">
         <v>167689.26049999997</v>
       </c>
       <c r="H31" s="90">
         <v>120821.02999999997</v>
       </c>
       <c r="I31" s="90">
-        <v>38020.339999999997</v>
+        <v>62070.31</v>
       </c>
       <c r="J31" s="59"/>
       <c r="K31" s="59"/>
       <c r="L31" s="59"/>
       <c r="M31" s="59"/>
       <c r="N31" s="59"/>
       <c r="O31" s="59"/>
       <c r="P31" s="59"/>
       <c r="Q31" s="64">
         <f t="shared" si="0"/>
-        <v>581015.1449999999</v>
+        <v>605065.11499999999</v>
       </c>
       <c r="R31" s="51"/>
       <c r="S31" s="8"/>
       <c r="T31" s="10"/>
       <c r="U31" s="10"/>
       <c r="V31" s="10"/>
     </row>
     <row r="32" spans="1:22" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A32" s="98" t="s">
         <v>122</v>
       </c>
       <c r="B32" s="98" t="s">
         <v>123</v>
       </c>
       <c r="C32" s="93">
         <v>102408.4648</v>
       </c>
       <c r="D32" s="90">
         <v>89780.298500000004</v>
       </c>
       <c r="E32" s="90">
         <v>70490.043250000002</v>
       </c>
       <c r="F32" s="90">
         <v>75158.904486999993</v>
       </c>
       <c r="G32" s="90">
         <v>77923.81</v>
       </c>
       <c r="H32" s="90">
         <v>81470.330000000016</v>
       </c>
       <c r="I32" s="90">
-        <v>30436.980000000003</v>
+        <v>104889.45000000001</v>
       </c>
       <c r="J32" s="59"/>
       <c r="K32" s="59"/>
       <c r="L32" s="59"/>
       <c r="M32" s="59"/>
       <c r="N32" s="59"/>
       <c r="O32" s="59"/>
       <c r="P32" s="59"/>
       <c r="Q32" s="64">
         <f t="shared" si="0"/>
-        <v>527668.83103699994</v>
+        <v>602121.30103700003</v>
       </c>
       <c r="R32" s="51"/>
       <c r="S32" s="8"/>
       <c r="T32" s="10"/>
       <c r="U32" s="10"/>
       <c r="V32" s="10"/>
     </row>
     <row r="33" spans="1:22" ht="44.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="211" t="s">
-[...20 lines deleted...]
-      <c r="H33" s="212">
+      <c r="A33" s="208" t="s">
+        <v>351</v>
+      </c>
+      <c r="B33" s="208" t="s">
+        <v>352</v>
+      </c>
+      <c r="C33" s="211">
+        <v>0</v>
+      </c>
+      <c r="D33" s="209">
+        <v>0</v>
+      </c>
+      <c r="E33" s="209">
+        <v>0</v>
+      </c>
+      <c r="F33" s="209">
+        <v>0</v>
+      </c>
+      <c r="G33" s="209">
+        <v>0</v>
+      </c>
+      <c r="H33" s="209">
         <v>0</v>
       </c>
       <c r="I33" s="90">
-        <v>13086.57</v>
+        <v>41201.4</v>
       </c>
       <c r="J33" s="62"/>
       <c r="K33" s="62"/>
       <c r="L33" s="62"/>
       <c r="M33" s="62"/>
       <c r="N33" s="62"/>
       <c r="O33" s="62"/>
       <c r="P33" s="62"/>
-      <c r="Q33" s="216">
+      <c r="Q33" s="213">
         <f t="shared" si="0"/>
-        <v>13086.57</v>
-[...1 lines deleted...]
-      <c r="R33" s="215"/>
+        <v>41201.4</v>
+      </c>
+      <c r="R33" s="212"/>
       <c r="S33" s="8"/>
       <c r="T33" s="10"/>
       <c r="U33" s="10"/>
       <c r="V33" s="10"/>
     </row>
     <row r="34" spans="1:22" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="15" t="s">
         <v>124</v>
       </c>
       <c r="B34" s="15"/>
       <c r="C34" s="85">
         <f>SUM(C20:C33)</f>
         <v>1406918.9712800002</v>
       </c>
       <c r="D34" s="85">
         <f t="shared" ref="D34:P34" si="1">SUM(D20:D33)</f>
         <v>2158198.0299987001</v>
       </c>
       <c r="E34" s="85">
         <f t="shared" si="1"/>
         <v>2817200.1891806237</v>
       </c>
       <c r="F34" s="85">
         <f t="shared" si="1"/>
         <v>3235065.3123963992</v>
       </c>
       <c r="G34" s="85">
         <f t="shared" si="1"/>
         <v>2895156.1754999994</v>
       </c>
       <c r="H34" s="85">
         <f t="shared" si="1"/>
         <v>2470889.7749999999</v>
       </c>
       <c r="I34" s="85">
         <f t="shared" si="1"/>
-        <v>1013248.7199999996</v>
+        <v>2039649.5799999994</v>
       </c>
       <c r="J34" s="85">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="K34" s="85">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L34" s="85">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M34" s="85">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="N34" s="85">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="O34" s="85">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="P34" s="85">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="Q34" s="45">
         <f>SUM(C34:P34)+(C16+D16)</f>
-        <v>16683267.563355723</v>
+        <v>17709668.423355725</v>
       </c>
       <c r="R34" s="133" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="35" spans="1:22" x14ac:dyDescent="0.25">
       <c r="C35" s="12"/>
       <c r="D35" s="12"/>
       <c r="E35" s="12"/>
       <c r="F35" s="12"/>
       <c r="G35" s="12"/>
       <c r="H35" s="12"/>
       <c r="J35" s="12"/>
       <c r="K35" s="12"/>
       <c r="L35" s="12"/>
       <c r="M35" s="12"/>
       <c r="N35" s="12"/>
       <c r="O35" s="12"/>
       <c r="P35" s="12"/>
       <c r="Q35" s="12"/>
     </row>
     <row r="36" spans="1:22" ht="45" x14ac:dyDescent="0.25">
       <c r="A36" s="113" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="38" spans="1:22" ht="104.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="121" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="39" spans="1:22" ht="54" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="213" t="s">
-        <v>356</v>
+      <c r="A39" s="210" t="s">
+        <v>377</v>
       </c>
     </row>
     <row r="42" spans="1:22" x14ac:dyDescent="0.25">
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42"/>
       <c r="G42"/>
       <c r="H42"/>
       <c r="I42"/>
       <c r="J42"/>
       <c r="K42"/>
       <c r="L42"/>
       <c r="M42"/>
       <c r="N42"/>
       <c r="O42"/>
       <c r="P42"/>
       <c r="Q42"/>
     </row>
     <row r="43" spans="1:22" x14ac:dyDescent="0.25">
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43"/>
       <c r="G43"/>
@@ -8664,192 +8708,192 @@
       <c r="P48"/>
       <c r="Q48"/>
     </row>
     <row r="49" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="50" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="51" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="52" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="53" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="54" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="55" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="56" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="57" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="58" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="59" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="60" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="61" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="63" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="64" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="65" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="66" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="68" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="69" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="70" customFormat="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="baWSpx7I8fZghMx/Gy0q3hTZhk/lnqOUMN2av/Nom8wGMcoaHVHp2nANhIs6ahJiUX7N4vSXNmwCsfXsef+Hug==" saltValue="5ySWDIJWHRTHLcqe5gXDww==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="B9pB5TPEOf6LYvu3SWNUwdjTIpjXogJZQbXWO6yNoRse/9/Gmn7gjInEEHhTXufS29BwSzaGaSSTX05elgh3gA==" saltValue="xFMA3mpUXEJCckX/kpFf0Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <customSheetViews>
     <customSheetView guid="{9D8689BD-5DE1-44EE-AD85-AABB805F8C74}" topLeftCell="A31">
       <selection activeCell="N49" sqref="N49"/>
       <pageMargins left="0" right="0" top="0" bottom="0" header="0" footer="0"/>
       <pageSetup orientation="portrait" r:id="rId1"/>
     </customSheetView>
     <customSheetView guid="{524D39D6-D9FA-43B9-A02A-7383F59753BD}">
       <selection activeCell="K60" sqref="K60"/>
       <pageMargins left="0" right="0" top="0" bottom="0" header="0" footer="0"/>
       <pageSetup orientation="portrait" r:id="rId2"/>
     </customSheetView>
   </customSheetViews>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
   <dimension ref="A1:U62"/>
   <sheetViews>
-    <sheetView topLeftCell="A8" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozen"/>
       <selection pane="topRight" activeCell="I28" sqref="I28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="59.85546875" style="39" customWidth="1"/>
     <col min="2" max="2" width="33.42578125" style="39" bestFit="1" customWidth="1"/>
     <col min="3" max="17" width="22.5703125" style="41" customWidth="1"/>
     <col min="18" max="18" width="45.85546875" style="39" customWidth="1"/>
     <col min="19" max="19" width="11.140625" style="39" customWidth="1"/>
     <col min="20" max="20" width="11.5703125" style="39" customWidth="1"/>
     <col min="21" max="21" width="13.42578125" style="39" customWidth="1"/>
     <col min="22" max="22" width="11.42578125" style="39" bestFit="1" customWidth="1"/>
     <col min="23" max="16384" width="9.140625" style="39"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" s="6" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="128" t="str">
         <f>'1. Expenditures'!A1</f>
         <v>SOMAH Program Administrator</v>
       </c>
       <c r="C1" s="26"/>
       <c r="D1" s="26"/>
       <c r="E1" s="26"/>
       <c r="F1" s="26"/>
       <c r="G1" s="26"/>
       <c r="H1" s="26"/>
       <c r="I1" s="26"/>
       <c r="J1" s="26"/>
       <c r="K1" s="26"/>
       <c r="L1" s="26"/>
       <c r="M1" s="26"/>
       <c r="N1" s="26"/>
       <c r="O1" s="26"/>
       <c r="P1" s="26"/>
       <c r="Q1" s="26"/>
     </row>
     <row r="2" spans="1:21" x14ac:dyDescent="0.2">
-      <c r="A2" s="182" t="str">
+      <c r="A2" s="180" t="str">
         <f>'1. Expenditures'!A2</f>
-        <v>Reporting Date: July 31, 2025</v>
+        <v>Reporting Date: January 30, 2026</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="26"/>
       <c r="D2" s="26"/>
       <c r="E2" s="26"/>
       <c r="F2" s="26"/>
       <c r="G2" s="26"/>
       <c r="H2" s="26"/>
       <c r="I2" s="26"/>
       <c r="J2" s="26"/>
       <c r="K2" s="26"/>
       <c r="L2" s="26"/>
       <c r="M2" s="26"/>
       <c r="N2" s="26"/>
       <c r="O2" s="26"/>
       <c r="P2" s="26"/>
       <c r="Q2" s="26"/>
       <c r="R2" s="6"/>
       <c r="S2" s="6"/>
       <c r="T2" s="6"/>
       <c r="U2" s="6"/>
     </row>
     <row r="3" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A3" s="63" t="str">
         <f>'1. Expenditures'!A3</f>
-        <v>Reporting Data Through: June 30, 2025</v>
+        <v>Reporting Data Through: December 31, 2025</v>
       </c>
       <c r="B3" s="24"/>
       <c r="C3" s="26"/>
       <c r="D3" s="26"/>
       <c r="E3" s="26"/>
       <c r="F3" s="26"/>
       <c r="G3" s="26"/>
       <c r="H3" s="26"/>
       <c r="I3" s="26"/>
       <c r="J3" s="26"/>
       <c r="K3" s="26"/>
       <c r="L3" s="26"/>
       <c r="M3" s="26"/>
       <c r="N3" s="26"/>
       <c r="O3" s="26"/>
       <c r="P3" s="26"/>
       <c r="Q3" s="26"/>
       <c r="R3" s="6"/>
       <c r="S3" s="6"/>
       <c r="T3" s="6"/>
       <c r="U3" s="6"/>
     </row>
     <row r="4" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A4" s="63"/>
       <c r="B4" s="24"/>
       <c r="C4" s="26"/>
       <c r="D4" s="26"/>
       <c r="E4" s="26"/>
       <c r="F4" s="26"/>
       <c r="G4" s="26"/>
       <c r="H4" s="26"/>
       <c r="I4" s="26"/>
       <c r="J4" s="26"/>
       <c r="K4" s="26"/>
       <c r="L4" s="26"/>
       <c r="M4" s="26"/>
       <c r="N4" s="26"/>
       <c r="O4" s="26"/>
       <c r="P4" s="26"/>
       <c r="Q4" s="26"/>
       <c r="R4" s="6"/>
       <c r="S4" s="6"/>
       <c r="T4" s="6"/>
       <c r="U4" s="6"/>
     </row>
     <row r="5" spans="1:21" ht="26.25" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A5" s="122" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="B5" s="24"/>
       <c r="C5" s="26"/>
       <c r="D5" s="26"/>
       <c r="E5" s="26"/>
       <c r="F5" s="26"/>
       <c r="G5" s="26"/>
       <c r="H5" s="26"/>
       <c r="I5" s="26"/>
       <c r="J5" s="26"/>
       <c r="K5" s="26"/>
       <c r="L5" s="26"/>
       <c r="M5" s="26"/>
       <c r="N5" s="26"/>
       <c r="O5" s="26"/>
       <c r="P5" s="26"/>
       <c r="Q5" s="26"/>
       <c r="R5" s="6"/>
       <c r="S5" s="6"/>
       <c r="T5" s="6"/>
       <c r="U5" s="6"/>
     </row>
     <row r="6" spans="1:21" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="13" t="s">
         <v>127</v>
@@ -9146,51 +9190,51 @@
     </row>
     <row r="16" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B16" s="24"/>
       <c r="C16" s="26"/>
       <c r="D16" s="26"/>
       <c r="E16" s="26"/>
       <c r="F16" s="26"/>
       <c r="G16" s="26"/>
       <c r="H16" s="26"/>
       <c r="I16" s="26"/>
       <c r="J16" s="26"/>
       <c r="K16" s="26"/>
       <c r="L16" s="26"/>
       <c r="M16" s="26"/>
       <c r="N16" s="26"/>
       <c r="O16" s="26"/>
       <c r="P16" s="26"/>
       <c r="Q16" s="26"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
       <c r="T16" s="6"/>
       <c r="U16" s="6"/>
     </row>
     <row r="17" spans="1:21" ht="26.25" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A17" s="122" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="B17" s="24"/>
       <c r="C17" s="26"/>
       <c r="D17" s="26"/>
       <c r="E17" s="26"/>
       <c r="F17" s="26"/>
       <c r="G17" s="26"/>
       <c r="H17" s="26"/>
       <c r="I17" s="26"/>
       <c r="J17" s="26"/>
       <c r="K17" s="26"/>
       <c r="L17" s="26"/>
       <c r="M17" s="26"/>
       <c r="N17" s="26"/>
       <c r="O17" s="26"/>
       <c r="P17" s="26"/>
       <c r="Q17" s="26"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
       <c r="T17" s="6"/>
       <c r="U17" s="6"/>
     </row>
     <row r="18" spans="1:21" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="13" t="s">
         <v>127</v>
@@ -9218,414 +9262,414 @@
       </c>
       <c r="I18" s="17">
         <v>2025</v>
       </c>
       <c r="J18" s="17">
         <v>2026</v>
       </c>
       <c r="K18" s="17">
         <v>2027</v>
       </c>
       <c r="L18" s="17">
         <v>2028</v>
       </c>
       <c r="M18" s="17">
         <v>2029</v>
       </c>
       <c r="N18" s="17">
         <v>2030</v>
       </c>
       <c r="O18" s="17">
         <v>2031</v>
       </c>
       <c r="P18" s="17">
         <v>2032</v>
       </c>
-      <c r="Q18" s="204" t="s">
+      <c r="Q18" s="201" t="s">
         <v>28</v>
       </c>
       <c r="R18" s="76" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="19" spans="1:21" ht="41.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="108" t="s">
         <v>142</v>
       </c>
       <c r="B19" s="105" t="s">
         <v>143</v>
       </c>
       <c r="C19" s="82">
         <v>120053.37500000004</v>
       </c>
       <c r="D19" s="90">
         <v>211061.17520000011</v>
       </c>
       <c r="E19" s="90">
         <v>217776.29000000004</v>
       </c>
       <c r="F19" s="90">
         <v>260989.43</v>
       </c>
       <c r="G19" s="90">
         <v>179000.33000000002</v>
       </c>
       <c r="H19" s="90">
         <v>190297.41</v>
       </c>
       <c r="I19" s="90">
-        <v>121115</v>
+        <v>209792.91999999998</v>
       </c>
       <c r="J19" s="55"/>
       <c r="K19" s="55"/>
       <c r="L19" s="55"/>
       <c r="M19" s="55"/>
       <c r="N19" s="55"/>
       <c r="O19" s="55"/>
       <c r="P19" s="55"/>
-      <c r="Q19" s="203">
+      <c r="Q19" s="200">
         <f>SUM(C19:P19)</f>
-        <v>1300293.0102000001</v>
+        <v>1388970.9302000001</v>
       </c>
       <c r="R19" s="51"/>
     </row>
     <row r="20" spans="1:21" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A20" s="106" t="s">
         <v>144</v>
       </c>
       <c r="B20" s="107" t="s">
         <v>145</v>
       </c>
       <c r="C20" s="82">
         <v>16305.515000000001</v>
       </c>
       <c r="D20" s="90">
         <v>61789.408300000017</v>
       </c>
       <c r="E20" s="90">
         <v>79113.972500000003</v>
       </c>
       <c r="F20" s="90">
         <v>106954.65</v>
       </c>
       <c r="G20" s="90">
         <v>104860.39</v>
       </c>
       <c r="H20" s="90">
         <v>40195.360000000001</v>
       </c>
       <c r="I20" s="90">
-        <v>10847.999999999998</v>
+        <v>20098.349999999999</v>
       </c>
       <c r="J20" s="58"/>
       <c r="K20" s="58"/>
       <c r="L20" s="58"/>
       <c r="M20" s="59"/>
       <c r="N20" s="54"/>
       <c r="O20" s="54"/>
       <c r="P20" s="54"/>
-      <c r="Q20" s="203">
+      <c r="Q20" s="200">
         <f t="shared" ref="Q20:Q25" si="1">SUM(C20:P20)</f>
-        <v>420067.29580000002</v>
+        <v>429317.6458</v>
       </c>
       <c r="R20" s="51"/>
       <c r="S20" s="27"/>
     </row>
     <row r="21" spans="1:21" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A21" s="106" t="s">
         <v>146</v>
       </c>
       <c r="B21" s="105" t="s">
         <v>147</v>
       </c>
       <c r="C21" s="83">
         <v>7934.9850000000006</v>
       </c>
       <c r="D21" s="90">
         <v>115572.30750000001</v>
       </c>
       <c r="E21" s="90">
         <v>96452.76999999999</v>
       </c>
       <c r="F21" s="90">
         <v>78693.87</v>
       </c>
       <c r="G21" s="90">
         <v>67642.14</v>
       </c>
       <c r="H21" s="90">
         <v>39629.360000000001</v>
       </c>
       <c r="I21" s="90">
         <v>146.51</v>
       </c>
       <c r="J21" s="58"/>
       <c r="K21" s="58"/>
       <c r="L21" s="58"/>
       <c r="M21" s="60"/>
       <c r="N21" s="58"/>
       <c r="O21" s="58"/>
       <c r="P21" s="58"/>
-      <c r="Q21" s="203">
+      <c r="Q21" s="200">
         <f t="shared" si="1"/>
         <v>406071.9425</v>
       </c>
       <c r="R21" s="51"/>
       <c r="S21" s="27"/>
     </row>
     <row r="22" spans="1:21" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A22" s="108" t="s">
         <v>148</v>
       </c>
       <c r="B22" s="130" t="s">
         <v>137</v>
       </c>
       <c r="C22" s="84">
         <v>37170.637499999997</v>
       </c>
       <c r="D22" s="90">
         <v>35630.167500000003</v>
       </c>
       <c r="E22" s="90">
         <v>27813.292500000003</v>
       </c>
       <c r="F22" s="90">
         <v>27908.710000000003</v>
       </c>
       <c r="G22" s="90">
         <v>17967.53</v>
       </c>
       <c r="H22" s="90">
         <v>10817.78</v>
       </c>
       <c r="I22" s="90">
-        <v>3912.97</v>
+        <v>7081.23</v>
       </c>
       <c r="J22" s="58"/>
       <c r="K22" s="58"/>
       <c r="L22" s="58"/>
       <c r="M22" s="59"/>
       <c r="N22" s="54"/>
       <c r="O22" s="54"/>
       <c r="P22" s="54"/>
-      <c r="Q22" s="203">
+      <c r="Q22" s="200">
         <f t="shared" si="1"/>
-        <v>161221.08750000002</v>
+        <v>164389.34750000003</v>
       </c>
       <c r="R22" s="51"/>
       <c r="S22" s="27"/>
     </row>
     <row r="23" spans="1:21" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A23" s="108" t="s">
         <v>149</v>
       </c>
       <c r="B23" s="105" t="s">
         <v>150</v>
       </c>
       <c r="C23" s="83">
         <v>5154.8600000000006</v>
       </c>
       <c r="D23" s="90">
         <v>10860.990000000002</v>
       </c>
       <c r="E23" s="90">
         <v>22621.727499999997</v>
       </c>
       <c r="F23" s="90">
         <v>18606</v>
       </c>
       <c r="G23" s="90">
         <v>5707.49</v>
       </c>
       <c r="H23" s="90">
         <v>241.01999999999998</v>
       </c>
       <c r="I23" s="90">
-        <v>496.5</v>
+        <v>996.5</v>
       </c>
       <c r="J23" s="58"/>
       <c r="K23" s="58"/>
       <c r="L23" s="58"/>
       <c r="M23" s="59"/>
       <c r="N23" s="54"/>
       <c r="O23" s="54"/>
       <c r="P23" s="54"/>
-      <c r="Q23" s="203">
+      <c r="Q23" s="200">
         <f t="shared" si="1"/>
-        <v>63688.587499999994</v>
+        <v>64188.587499999994</v>
       </c>
       <c r="R23" s="51"/>
       <c r="S23" s="27"/>
     </row>
     <row r="24" spans="1:21" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A24" s="102" t="s">
         <v>151</v>
       </c>
       <c r="B24" s="107" t="s">
         <v>152</v>
       </c>
       <c r="C24" s="84">
         <v>46195.17</v>
       </c>
       <c r="D24" s="90">
         <v>59981.144999999997</v>
       </c>
       <c r="E24" s="90">
         <v>68001.6875</v>
       </c>
       <c r="F24" s="90">
         <v>56136.37</v>
       </c>
       <c r="G24" s="90">
         <v>67401.09</v>
       </c>
       <c r="H24" s="90">
         <v>27437.000000000004</v>
       </c>
       <c r="I24" s="90">
-        <v>10599.87</v>
+        <v>22240.760000000002</v>
       </c>
       <c r="J24" s="58"/>
       <c r="K24" s="58"/>
       <c r="L24" s="58"/>
       <c r="M24" s="60"/>
       <c r="N24" s="58"/>
       <c r="O24" s="58"/>
       <c r="P24" s="58"/>
-      <c r="Q24" s="203">
+      <c r="Q24" s="200">
         <f t="shared" si="1"/>
-        <v>335752.33250000002</v>
+        <v>347393.22250000003</v>
       </c>
       <c r="R24" s="51"/>
       <c r="S24" s="27"/>
     </row>
     <row r="25" spans="1:21" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="108" t="s">
         <v>153</v>
       </c>
       <c r="B25" s="105" t="s">
         <v>154</v>
       </c>
       <c r="C25" s="84">
         <v>1340.0900000000001</v>
       </c>
       <c r="D25" s="90">
         <v>2431.5149999999999</v>
       </c>
       <c r="E25" s="90">
         <v>455.58000000000004</v>
       </c>
       <c r="F25" s="90">
         <v>3610.67</v>
       </c>
       <c r="G25" s="90">
         <v>448.79</v>
       </c>
       <c r="H25" s="90">
         <v>3002.83</v>
       </c>
       <c r="I25" s="90">
         <v>0</v>
       </c>
       <c r="J25" s="58"/>
       <c r="K25" s="58"/>
       <c r="L25" s="58"/>
       <c r="M25" s="60"/>
       <c r="N25" s="58"/>
       <c r="O25" s="58"/>
       <c r="P25" s="58"/>
-      <c r="Q25" s="203">
+      <c r="Q25" s="200">
         <f t="shared" si="1"/>
         <v>11289.475</v>
       </c>
       <c r="R25" s="131"/>
       <c r="S25" s="27"/>
     </row>
     <row r="26" spans="1:21" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="15" t="s">
         <v>155</v>
       </c>
       <c r="B26" s="15"/>
       <c r="C26" s="85">
         <f t="shared" ref="C26:P26" si="2">SUM(C19:C25)</f>
         <v>234154.63250000004</v>
       </c>
       <c r="D26" s="149">
         <f t="shared" si="2"/>
         <v>497326.70850000012</v>
       </c>
       <c r="E26" s="16">
         <f t="shared" si="2"/>
         <v>512235.32000000007</v>
       </c>
       <c r="F26" s="16">
         <f t="shared" si="2"/>
         <v>552899.70000000007</v>
       </c>
       <c r="G26" s="16">
         <f t="shared" si="2"/>
         <v>443027.75999999995</v>
       </c>
       <c r="H26" s="16">
         <f t="shared" si="2"/>
         <v>311620.76000000007</v>
       </c>
       <c r="I26" s="16">
         <f t="shared" si="2"/>
-        <v>147118.85</v>
+        <v>260356.27000000002</v>
       </c>
       <c r="J26" s="16">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K26" s="16">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L26" s="16">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M26" s="16">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="N26" s="16">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O26" s="16">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="P26" s="16">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="Q26" s="77">
         <f>SUM(C26:P26)+C14+D14</f>
-        <v>2768305.776000001</v>
+        <v>2881543.1960000009</v>
       </c>
       <c r="R26" s="135" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="27" spans="1:21" x14ac:dyDescent="0.2">
       <c r="C27" s="26"/>
       <c r="D27" s="26"/>
       <c r="E27" s="26"/>
       <c r="F27" s="26"/>
       <c r="G27" s="26"/>
       <c r="H27" s="26"/>
       <c r="I27" s="26"/>
       <c r="J27" s="26"/>
       <c r="L27" s="26"/>
       <c r="M27" s="26"/>
       <c r="N27" s="26"/>
       <c r="O27" s="26"/>
       <c r="P27" s="26"/>
       <c r="Q27" s="26"/>
     </row>
     <row r="28" spans="1:21" ht="104.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="121" t="s">
         <v>156</v>
       </c>
@@ -9637,134 +9681,134 @@
     <row r="38" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="39" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="40" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="41" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="42" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="43" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="44" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="45" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="46" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="47" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="48" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="49" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="50" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="51" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="52" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="53" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="55" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="56" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="57" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="58" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="59" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="60" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="61" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="62" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="UOyqsSmIEEof0zIarE9Fw40EnT6wxqgAF8NdWJEG+PdHijD9o5Kbw9Vh848uC1ZNIRafo+OXd/AML7tl5anI6w==" saltValue="5uj7O0yGHSjvTBU8oL8Cwg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="M/76n3BQXWW7gzHbWmaEbNgy1Nv2NI0qIAUGKzaevV3r9GGq+QchcHGX8Ed0kSEMRK7Q5tGKqKVOlgEOwn3VuQ==" saltValue="Q8HnA1V0eqWbPDCCTX39hg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
   <dimension ref="A1:V47"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="J9" sqref="J9"/>
+      <selection pane="topRight" activeCell="J15" sqref="J15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="64.5703125" style="39" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.85546875" style="39" customWidth="1"/>
     <col min="3" max="18" width="22" style="41" customWidth="1"/>
     <col min="19" max="19" width="45.85546875" style="39" customWidth="1"/>
     <col min="20" max="20" width="11.140625" style="39" customWidth="1"/>
     <col min="21" max="21" width="11.5703125" style="39" customWidth="1"/>
     <col min="22" max="22" width="13.42578125" style="39" customWidth="1"/>
     <col min="23" max="23" width="11.42578125" style="39" bestFit="1" customWidth="1"/>
     <col min="24" max="16384" width="9.140625" style="39"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" s="6" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="128" t="str">
         <f>'1. Expenditures'!A1</f>
         <v>SOMAH Program Administrator</v>
       </c>
       <c r="C1" s="26"/>
       <c r="D1" s="26"/>
       <c r="E1" s="26"/>
       <c r="F1" s="26"/>
       <c r="G1" s="26"/>
       <c r="H1" s="26"/>
       <c r="I1" s="26"/>
       <c r="J1" s="26"/>
       <c r="K1" s="26"/>
       <c r="L1" s="26"/>
       <c r="M1" s="26"/>
       <c r="N1" s="26"/>
       <c r="O1" s="26"/>
       <c r="P1" s="26"/>
       <c r="Q1" s="26"/>
       <c r="R1" s="26"/>
     </row>
     <row r="2" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A2" s="182" t="str">
+      <c r="A2" s="180" t="str">
         <f>'1. Expenditures'!A2</f>
-        <v>Reporting Date: July 31, 2025</v>
+        <v>Reporting Date: January 30, 2026</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="26"/>
       <c r="D2" s="26"/>
       <c r="E2" s="26"/>
       <c r="F2" s="26"/>
       <c r="G2" s="26"/>
       <c r="H2" s="26"/>
       <c r="I2" s="26"/>
       <c r="J2" s="26"/>
       <c r="K2" s="26"/>
       <c r="L2" s="26"/>
       <c r="M2" s="26"/>
       <c r="N2" s="26"/>
       <c r="O2" s="26"/>
       <c r="P2" s="26"/>
       <c r="Q2" s="26"/>
       <c r="R2" s="26"/>
       <c r="S2" s="6"/>
       <c r="T2" s="6"/>
       <c r="U2" s="6"/>
       <c r="V2" s="6"/>
     </row>
     <row r="3" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A3" s="181" t="str">
+      <c r="A3" s="179" t="str">
         <f>'1. Expenditures'!A3</f>
-        <v>Reporting Data Through: June 30, 2025</v>
+        <v>Reporting Data Through: December 31, 2025</v>
       </c>
       <c r="B3" s="24"/>
       <c r="C3" s="26"/>
       <c r="D3" s="26"/>
       <c r="E3" s="26"/>
       <c r="F3" s="26"/>
       <c r="G3" s="26"/>
       <c r="H3" s="26"/>
       <c r="I3" s="26"/>
       <c r="J3" s="26"/>
       <c r="K3" s="26"/>
       <c r="L3" s="26"/>
       <c r="M3" s="26"/>
       <c r="N3" s="26"/>
       <c r="O3" s="26"/>
       <c r="P3" s="26"/>
       <c r="Q3" s="26"/>
       <c r="R3" s="26"/>
       <c r="S3" s="6"/>
       <c r="T3" s="6"/>
       <c r="U3" s="6"/>
       <c r="V3" s="6"/>
     </row>
     <row r="4" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A4" s="23"/>
@@ -9882,268 +9926,268 @@
       <c r="B7" s="109" t="s">
         <v>160</v>
       </c>
       <c r="C7" s="57">
         <v>0</v>
       </c>
       <c r="D7" s="84">
         <v>24053.217500000002</v>
       </c>
       <c r="E7" s="90">
         <v>5759.9400000000005</v>
       </c>
       <c r="F7" s="90">
         <v>9410.7274999999991</v>
       </c>
       <c r="G7" s="90">
         <v>23777.971217499999</v>
       </c>
       <c r="H7" s="90">
         <v>18075.584999999999</v>
       </c>
       <c r="I7" s="90">
         <v>25095.172500000001</v>
       </c>
       <c r="J7" s="90">
-        <v>17369.93</v>
+        <v>18802.400000000001</v>
       </c>
       <c r="K7" s="58"/>
       <c r="L7" s="60"/>
       <c r="M7" s="58"/>
       <c r="N7" s="58"/>
       <c r="O7" s="58"/>
       <c r="P7" s="58"/>
       <c r="Q7" s="58"/>
       <c r="R7" s="11">
         <f>SUM(C7:Q7)</f>
-        <v>123542.5437175</v>
+        <v>124975.0137175</v>
       </c>
       <c r="S7" s="51"/>
       <c r="T7" s="27"/>
     </row>
     <row r="8" spans="1:22" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="102" t="s">
         <v>161</v>
       </c>
       <c r="B8" s="109" t="s">
         <v>162</v>
       </c>
       <c r="C8" s="57">
         <v>0</v>
       </c>
       <c r="D8" s="83">
         <v>188624.61000000002</v>
       </c>
       <c r="E8" s="90">
         <v>151267.528743</v>
       </c>
       <c r="F8" s="90">
         <v>174217.03090000004</v>
       </c>
       <c r="G8" s="90">
         <v>212405.28621749999</v>
       </c>
       <c r="H8" s="90">
         <v>278811.15000000002</v>
       </c>
       <c r="I8" s="90">
         <v>376871.1</v>
       </c>
       <c r="J8" s="90">
-        <v>268441.29000000004</v>
+        <v>535013.60000000009</v>
       </c>
       <c r="K8" s="58"/>
       <c r="L8" s="60"/>
       <c r="M8" s="58"/>
       <c r="N8" s="58"/>
       <c r="O8" s="58"/>
       <c r="P8" s="58"/>
       <c r="Q8" s="58"/>
       <c r="R8" s="11">
         <f t="shared" ref="R8:R10" si="0">SUM(C8:Q8)</f>
-        <v>1650637.9958605</v>
+        <v>1917210.3058605001</v>
       </c>
       <c r="S8" s="51"/>
       <c r="T8" s="27"/>
     </row>
     <row r="9" spans="1:22" ht="89.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="102" t="s">
         <v>163</v>
       </c>
       <c r="B9" s="109" t="s">
         <v>164</v>
       </c>
       <c r="C9" s="57">
         <v>0</v>
       </c>
       <c r="D9" s="83">
         <v>1534.3200000000002</v>
       </c>
       <c r="E9" s="90">
         <v>694.58999999999992</v>
       </c>
       <c r="F9" s="90">
         <v>647.29</v>
       </c>
       <c r="G9" s="90">
         <v>225065.13</v>
       </c>
       <c r="H9" s="90">
         <v>134405.935</v>
       </c>
       <c r="I9" s="90">
         <v>97650.294999999984</v>
       </c>
       <c r="J9" s="90">
-        <v>52698.99</v>
+        <v>86031.37</v>
       </c>
       <c r="K9" s="58"/>
       <c r="L9" s="60"/>
       <c r="M9" s="58"/>
       <c r="N9" s="58"/>
       <c r="O9" s="58"/>
       <c r="P9" s="58"/>
       <c r="Q9" s="58"/>
       <c r="R9" s="11">
         <f t="shared" si="0"/>
-        <v>512696.55</v>
+        <v>546028.92999999993</v>
       </c>
       <c r="S9" s="51"/>
       <c r="T9" s="27"/>
     </row>
     <row r="10" spans="1:22" ht="66.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="102" t="s">
         <v>165</v>
       </c>
       <c r="B10" s="109" t="s">
         <v>166</v>
       </c>
       <c r="C10" s="57">
         <v>0</v>
       </c>
-      <c r="D10" s="183">
+      <c r="D10" s="181">
         <v>18728.497499999998</v>
       </c>
       <c r="E10" s="90">
         <v>28872.182500000003</v>
       </c>
       <c r="F10" s="90">
         <v>46763.915000000001</v>
       </c>
       <c r="G10" s="90">
         <v>32807.214999999997</v>
       </c>
       <c r="H10" s="90">
         <v>15857.094999999999</v>
       </c>
       <c r="I10" s="90">
         <v>33013.507499999992</v>
       </c>
       <c r="J10" s="90">
-        <v>15770.140000000001</v>
+        <v>32498.690000000002</v>
       </c>
       <c r="K10" s="60"/>
       <c r="L10" s="60"/>
       <c r="M10" s="60"/>
       <c r="N10" s="60"/>
       <c r="O10" s="60"/>
       <c r="P10" s="58"/>
       <c r="Q10" s="58"/>
       <c r="R10" s="11">
         <f t="shared" si="0"/>
-        <v>191812.55249999999</v>
-[...1 lines deleted...]
-      <c r="S10" s="184"/>
+        <v>208541.10249999998</v>
+      </c>
+      <c r="S10" s="182"/>
     </row>
     <row r="11" spans="1:22" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="46" t="s">
         <v>167</v>
       </c>
       <c r="B11" s="15"/>
       <c r="C11" s="16">
         <f t="shared" ref="C11:Q11" si="1">SUM(C7:C10)</f>
         <v>0</v>
       </c>
       <c r="D11" s="85">
         <f t="shared" si="1"/>
         <v>232940.64500000002</v>
       </c>
       <c r="E11" s="149">
         <f t="shared" si="1"/>
         <v>186594.241243</v>
       </c>
       <c r="F11" s="16">
         <f t="shared" si="1"/>
         <v>231038.96340000007</v>
       </c>
       <c r="G11" s="16">
         <f t="shared" si="1"/>
         <v>494055.60243500001</v>
       </c>
       <c r="H11" s="16">
         <f t="shared" si="1"/>
         <v>447149.76500000001</v>
       </c>
       <c r="I11" s="16">
         <f t="shared" si="1"/>
         <v>532630.07499999995</v>
       </c>
       <c r="J11" s="16">
         <f t="shared" si="1"/>
-        <v>354280.35000000003</v>
+        <v>672346.06</v>
       </c>
       <c r="K11" s="16">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L11" s="16">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M11" s="16">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="N11" s="16">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="O11" s="16">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="P11" s="16">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="Q11" s="16">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="R11" s="78">
         <f>SUM(C11:Q11)</f>
-        <v>2478689.6420780006</v>
+        <v>2796755.3520780005</v>
       </c>
       <c r="S11" s="14"/>
     </row>
     <row r="12" spans="1:22" x14ac:dyDescent="0.2">
       <c r="D12" s="26"/>
       <c r="E12" s="26"/>
       <c r="K12" s="26"/>
       <c r="L12" s="26"/>
       <c r="M12" s="26"/>
       <c r="N12" s="26"/>
       <c r="O12" s="26"/>
       <c r="P12" s="26"/>
       <c r="Q12" s="26"/>
       <c r="R12" s="26"/>
     </row>
     <row r="17" spans="3:18" x14ac:dyDescent="0.2">
       <c r="D17" s="139"/>
     </row>
     <row r="19" spans="3:18" x14ac:dyDescent="0.2">
       <c r="C19" s="39"/>
       <c r="D19" s="39"/>
       <c r="E19" s="39"/>
       <c r="F19" s="39"/>
       <c r="G19" s="39"/>
       <c r="H19" s="39"/>
@@ -10385,96 +10429,96 @@
       <c r="J32" s="39"/>
       <c r="K32" s="39"/>
       <c r="L32" s="39"/>
       <c r="M32" s="39"/>
       <c r="N32" s="39"/>
       <c r="O32" s="39"/>
       <c r="P32" s="39"/>
       <c r="Q32" s="39"/>
       <c r="R32" s="39"/>
     </row>
     <row r="33" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="34" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="35" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="36" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="37" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="38" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="40" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="41" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="42" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="43" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="44" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="45" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="46" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="47" s="39" customFormat="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="r76+qpDdQ83Ls+kekRpODwVAzbg24T3sfOzou9Brwtqk2sr13zTWrjHUylCDPhMY3eEyT2r5D/jOEzFtwjnlAw==" saltValue="67vdPYLZYzLcV4mKfQmZcg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="nivoL/utuFtw9YbMhe7KayJ32COKpTu0g63HRFqZdRm1e6wxObueJeiQw3XBjVPc8ZCIIuEAwVly5VOUHYgHbg==" saltValue="VFrJAImnLQpyUhRNyi5evQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D5ABF2ED-E172-4CEA-A8AF-59B51E7B6250}">
   <sheetPr>
     <tabColor theme="4"/>
   </sheetPr>
   <dimension ref="A1:BC40"/>
   <sheetViews>
-    <sheetView topLeftCell="A3" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="topRight" activeCell="AD25" sqref="AD25"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <pane xSplit="1" topLeftCell="X1" activePane="topRight" state="frozen"/>
+      <selection pane="topRight" activeCell="AB3" sqref="AB3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="43.140625" customWidth="1"/>
     <col min="2" max="11" width="15.42578125" customWidth="1"/>
     <col min="12" max="12" width="16.85546875" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="16.5703125" customWidth="1"/>
     <col min="14" max="14" width="16.85546875" bestFit="1" customWidth="1"/>
-    <col min="15" max="35" width="15.42578125" customWidth="1"/>
-    <col min="36" max="54" width="15.42578125" hidden="1" customWidth="1"/>
+    <col min="15" max="38" width="15.42578125" customWidth="1"/>
+    <col min="39" max="54" width="15.42578125" hidden="1" customWidth="1"/>
     <col min="55" max="55" width="18" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:55" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="129" t="str">
         <f>'1. Expenditures'!A1</f>
         <v>SOMAH Program Administrator</v>
       </c>
     </row>
     <row r="2" spans="1:55" x14ac:dyDescent="0.25">
       <c r="A2" s="63" t="str">
         <f>'1. Expenditures'!A2</f>
-        <v>Reporting Date: July 31, 2025</v>
+        <v>Reporting Date: January 30, 2026</v>
       </c>
     </row>
     <row r="3" spans="1:55" x14ac:dyDescent="0.25">
       <c r="A3" s="63" t="str">
         <f>'1. Expenditures'!A3</f>
-        <v>Reporting Data Through: June 30, 2025</v>
+        <v>Reporting Data Through: December 31, 2025</v>
       </c>
     </row>
     <row r="5" spans="1:55" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="23" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="6" spans="1:55" s="39" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="40" t="s">
         <v>169</v>
       </c>
       <c r="B6" s="72" t="s">
         <v>170</v>
       </c>
       <c r="C6" s="73" t="s">
         <v>171</v>
       </c>
       <c r="D6" s="73" t="s">
         <v>172</v>
       </c>
       <c r="E6" s="73" t="s">
         <v>173</v>
       </c>
       <c r="F6" s="73" t="s">
         <v>174</v>
@@ -10577,73 +10621,73 @@
       </c>
       <c r="AM6" s="72" t="s">
         <v>207</v>
       </c>
       <c r="AN6" s="72" t="s">
         <v>208</v>
       </c>
       <c r="AO6" s="72" t="s">
         <v>209</v>
       </c>
       <c r="AP6" s="72" t="s">
         <v>210</v>
       </c>
       <c r="AQ6" s="73" t="s">
         <v>211</v>
       </c>
       <c r="AR6" s="73" t="s">
         <v>212</v>
       </c>
       <c r="AS6" s="73" t="s">
         <v>213</v>
       </c>
       <c r="AT6" s="73" t="s">
         <v>214</v>
       </c>
-      <c r="AU6" s="205" t="s">
+      <c r="AU6" s="202" t="s">
+        <v>334</v>
+      </c>
+      <c r="AV6" s="202" t="s">
+        <v>336</v>
+      </c>
+      <c r="AW6" s="202" t="s">
         <v>337</v>
       </c>
-      <c r="AV6" s="205" t="s">
+      <c r="AX6" s="202" t="s">
+        <v>338</v>
+      </c>
+      <c r="AY6" s="73" t="s">
+        <v>335</v>
+      </c>
+      <c r="AZ6" s="73" t="s">
         <v>339</v>
       </c>
-      <c r="AW6" s="205" t="s">
+      <c r="BA6" s="73" t="s">
         <v>340</v>
       </c>
-      <c r="AX6" s="205" t="s">
+      <c r="BB6" s="73" t="s">
         <v>341</v>
-      </c>
-[...10 lines deleted...]
-        <v>344</v>
       </c>
       <c r="BC6" s="72" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="7" spans="1:55" x14ac:dyDescent="0.25">
       <c r="A7" s="110" t="s">
         <v>216</v>
       </c>
       <c r="B7" s="94"/>
       <c r="C7" s="94"/>
       <c r="D7" s="94"/>
       <c r="E7" s="94"/>
       <c r="F7" s="143">
         <v>126238</v>
       </c>
       <c r="G7" s="94"/>
       <c r="H7" s="94"/>
       <c r="I7" s="144">
         <v>267690</v>
       </c>
       <c r="J7" s="144">
         <v>199794</v>
       </c>
       <c r="K7" s="144">
@@ -10660,89 +10704,93 @@
       </c>
       <c r="O7" s="144">
         <v>593109</v>
       </c>
       <c r="P7" s="144">
         <v>822312.6</v>
       </c>
       <c r="Q7" s="144">
         <v>1002658.8</v>
       </c>
       <c r="R7" s="144">
         <v>53499.4</v>
       </c>
       <c r="S7" s="143">
         <v>367951</v>
       </c>
       <c r="T7" s="143">
         <v>435142</v>
       </c>
       <c r="U7" s="145">
         <v>1433510.4</v>
       </c>
       <c r="V7" s="145">
         <v>4563457</v>
       </c>
-      <c r="W7" s="234">
+      <c r="W7" s="218">
         <v>3853665</v>
       </c>
-      <c r="X7" s="234">
+      <c r="X7" s="218">
         <v>1848154.2</v>
       </c>
-      <c r="Y7" s="95"/>
-      <c r="Z7" s="95"/>
+      <c r="Y7" s="217">
+        <v>1676836.9000000001</v>
+      </c>
+      <c r="Z7" s="217">
+        <v>1325119.9100000004</v>
+      </c>
       <c r="AA7" s="95"/>
       <c r="AB7" s="95"/>
       <c r="AC7" s="95"/>
       <c r="AD7" s="95"/>
       <c r="AE7" s="95"/>
       <c r="AF7" s="95"/>
       <c r="AG7" s="95"/>
       <c r="AH7" s="95"/>
       <c r="AI7" s="95"/>
       <c r="AJ7" s="95"/>
       <c r="AK7" s="95"/>
       <c r="AL7" s="95"/>
       <c r="AM7" s="95"/>
       <c r="AN7" s="95"/>
       <c r="AO7" s="95"/>
       <c r="AP7" s="95"/>
       <c r="AQ7" s="95"/>
       <c r="AR7" s="95"/>
       <c r="AS7" s="95"/>
       <c r="AT7" s="95"/>
       <c r="AU7" s="95"/>
       <c r="AV7" s="95"/>
       <c r="AW7" s="95"/>
       <c r="AX7" s="95"/>
       <c r="AY7" s="95"/>
       <c r="AZ7" s="95"/>
       <c r="BA7" s="95"/>
       <c r="BB7" s="95"/>
-      <c r="BC7" s="189">
+      <c r="BC7" s="187">
         <f>SUM(B7:BB7)</f>
-        <v>20341325.199999999</v>
+        <v>23343282.009999998</v>
       </c>
     </row>
     <row r="8" spans="1:55" x14ac:dyDescent="0.25">
       <c r="A8" s="110" t="s">
         <v>217</v>
       </c>
       <c r="B8" s="94"/>
       <c r="C8" s="94"/>
       <c r="D8" s="94"/>
       <c r="E8" s="94"/>
       <c r="F8" s="143"/>
       <c r="G8" s="94"/>
       <c r="H8" s="94"/>
       <c r="I8" s="144">
         <f>482746.8+111330.6</f>
         <v>594077.4</v>
       </c>
       <c r="J8" s="144">
         <v>139761.60000000001</v>
       </c>
       <c r="K8" s="144">
         <v>0</v>
       </c>
       <c r="L8" s="144">
         <v>1302836.3999999999</v>
@@ -10755,89 +10803,93 @@
       </c>
       <c r="O8" s="144">
         <v>201378</v>
       </c>
       <c r="P8" s="144">
         <v>1802060.4</v>
       </c>
       <c r="Q8" s="144">
         <v>2010780.6</v>
       </c>
       <c r="R8" s="144">
         <v>2345934</v>
       </c>
       <c r="S8" s="143">
         <v>5516364.7999999998</v>
       </c>
       <c r="T8" s="143">
         <v>5125490.8</v>
       </c>
       <c r="U8" s="145">
         <v>6482834.4000000004</v>
       </c>
       <c r="V8" s="145">
         <v>3282735</v>
       </c>
-      <c r="W8" s="233">
+      <c r="W8" s="217">
         <v>1546518</v>
       </c>
-      <c r="X8" s="234">
+      <c r="X8" s="218">
         <v>2401791.6</v>
       </c>
-      <c r="Y8" s="95"/>
-      <c r="Z8" s="95"/>
+      <c r="Y8" s="217">
+        <v>7393297.6199999973</v>
+      </c>
+      <c r="Z8" s="217">
+        <v>5094698.6900000004</v>
+      </c>
       <c r="AA8" s="95"/>
       <c r="AB8" s="95"/>
       <c r="AC8" s="95"/>
       <c r="AD8" s="95"/>
       <c r="AE8" s="95"/>
       <c r="AF8" s="95"/>
       <c r="AG8" s="95"/>
       <c r="AH8" s="95"/>
       <c r="AI8" s="95"/>
       <c r="AJ8" s="95"/>
       <c r="AK8" s="95"/>
       <c r="AL8" s="95"/>
       <c r="AM8" s="95"/>
       <c r="AN8" s="95"/>
       <c r="AO8" s="95"/>
       <c r="AP8" s="95"/>
       <c r="AQ8" s="95"/>
       <c r="AR8" s="95"/>
       <c r="AS8" s="95"/>
       <c r="AT8" s="95"/>
       <c r="AU8" s="95"/>
       <c r="AV8" s="95"/>
       <c r="AW8" s="95"/>
       <c r="AX8" s="95"/>
       <c r="AY8" s="95"/>
       <c r="AZ8" s="95"/>
       <c r="BA8" s="95"/>
       <c r="BB8" s="95"/>
-      <c r="BC8" s="189">
+      <c r="BC8" s="187">
         <f t="shared" ref="BC8:BC16" si="0">SUM(B8:BB8)</f>
-        <v>34467246.399999999</v>
+        <v>46955242.709999993</v>
       </c>
     </row>
     <row r="9" spans="1:55" x14ac:dyDescent="0.25">
       <c r="A9" s="111" t="s">
         <v>218</v>
       </c>
       <c r="B9" s="94"/>
       <c r="C9" s="94"/>
       <c r="D9" s="94"/>
       <c r="E9" s="94"/>
       <c r="F9" s="94"/>
       <c r="G9" s="94"/>
       <c r="H9" s="94"/>
       <c r="I9" s="144">
         <f>661721+437208+537160+194173+263567+382604</f>
         <v>2476433</v>
       </c>
       <c r="J9" s="144">
         <f>457293+164727.8+131023.2</f>
         <v>753044</v>
       </c>
       <c r="K9" s="144">
         <v>1081738.3999999999</v>
       </c>
       <c r="L9" s="144">
@@ -10851,89 +10903,93 @@
       </c>
       <c r="O9" s="144">
         <v>256347</v>
       </c>
       <c r="P9" s="144">
         <v>1582685.6</v>
       </c>
       <c r="Q9" s="144">
         <v>415671</v>
       </c>
       <c r="R9" s="144">
         <v>98994.4</v>
       </c>
       <c r="S9" s="143">
         <v>768164.6</v>
       </c>
       <c r="T9" s="143">
         <v>1415827</v>
       </c>
       <c r="U9" s="145">
         <v>1138074.6000000001</v>
       </c>
       <c r="V9" s="145">
         <v>1837800.2</v>
       </c>
-      <c r="W9" s="233">
+      <c r="W9" s="217">
         <v>1084516.2</v>
       </c>
-      <c r="X9" s="233">
+      <c r="X9" s="217">
         <v>175160.6</v>
       </c>
-      <c r="Y9" s="95"/>
-      <c r="Z9" s="95"/>
+      <c r="Y9" s="244">
+        <v>1042137.8</v>
+      </c>
+      <c r="Z9" s="244">
+        <v>275533.65000000002</v>
+      </c>
       <c r="AA9" s="95"/>
       <c r="AB9" s="95"/>
       <c r="AC9" s="95"/>
       <c r="AD9" s="95"/>
       <c r="AE9" s="95"/>
       <c r="AF9" s="95"/>
       <c r="AG9" s="95"/>
       <c r="AH9" s="95"/>
       <c r="AI9" s="95"/>
       <c r="AJ9" s="95"/>
       <c r="AK9" s="95"/>
       <c r="AL9" s="95"/>
       <c r="AM9" s="95"/>
       <c r="AN9" s="95"/>
       <c r="AO9" s="95"/>
       <c r="AP9" s="95"/>
       <c r="AQ9" s="95"/>
       <c r="AR9" s="95"/>
       <c r="AS9" s="95"/>
       <c r="AT9" s="95"/>
       <c r="AU9" s="95"/>
       <c r="AV9" s="95"/>
       <c r="AW9" s="95"/>
       <c r="AX9" s="95"/>
       <c r="AY9" s="95"/>
       <c r="AZ9" s="95"/>
       <c r="BA9" s="95"/>
       <c r="BB9" s="95"/>
-      <c r="BC9" s="189">
+      <c r="BC9" s="187">
         <f t="shared" si="0"/>
-        <v>20120975.800000001</v>
+        <v>21438647.25</v>
       </c>
     </row>
     <row r="10" spans="1:55" x14ac:dyDescent="0.25">
       <c r="A10" s="111" t="s">
         <v>219</v>
       </c>
       <c r="B10" s="94"/>
       <c r="C10" s="94"/>
       <c r="D10" s="94"/>
       <c r="E10" s="94"/>
       <c r="F10" s="94"/>
       <c r="G10" s="94"/>
       <c r="H10" s="94"/>
       <c r="I10" s="144">
         <f>274177.2+200392.8+570366.6</f>
         <v>1044936.6</v>
       </c>
       <c r="J10" s="144">
         <f>314530.2+198744</f>
         <v>513274.2</v>
       </c>
       <c r="K10" s="144">
         <v>531433.80000000005</v>
       </c>
       <c r="L10" s="144">
@@ -10947,183 +11003,191 @@
       </c>
       <c r="O10" s="144">
         <v>554299.80000000005</v>
       </c>
       <c r="P10" s="144">
         <v>207696</v>
       </c>
       <c r="Q10" s="144">
         <v>1291915.8</v>
       </c>
       <c r="R10" s="144">
         <v>748902.6</v>
       </c>
       <c r="S10" s="143">
         <v>3582861.5999999996</v>
       </c>
       <c r="T10" s="143">
         <v>1248226.2</v>
       </c>
       <c r="U10" s="145">
         <v>2285997</v>
       </c>
       <c r="V10" s="145">
         <v>441340.8</v>
       </c>
-      <c r="W10" s="233">
+      <c r="W10" s="217">
         <v>2706888.6</v>
       </c>
-      <c r="X10" s="233">
+      <c r="X10" s="217">
         <v>903441.6</v>
       </c>
-      <c r="Y10" s="95"/>
-      <c r="Z10" s="95"/>
+      <c r="Y10" s="217">
+        <v>3696611.4</v>
+      </c>
+      <c r="Z10" s="217">
+        <v>1754459.9500000002</v>
+      </c>
       <c r="AA10" s="95"/>
       <c r="AB10" s="95"/>
       <c r="AC10" s="95"/>
       <c r="AD10" s="95"/>
       <c r="AE10" s="95"/>
       <c r="AF10" s="95"/>
       <c r="AG10" s="95"/>
       <c r="AH10" s="95"/>
       <c r="AI10" s="95"/>
       <c r="AJ10" s="95"/>
       <c r="AK10" s="95"/>
       <c r="AL10" s="95"/>
       <c r="AM10" s="95"/>
       <c r="AN10" s="95"/>
       <c r="AO10" s="95"/>
       <c r="AP10" s="95"/>
       <c r="AQ10" s="95"/>
       <c r="AR10" s="95"/>
       <c r="AS10" s="95"/>
       <c r="AT10" s="95"/>
       <c r="AU10" s="95"/>
       <c r="AV10" s="95"/>
       <c r="AW10" s="95"/>
       <c r="AX10" s="95"/>
       <c r="AY10" s="95"/>
       <c r="AZ10" s="95"/>
       <c r="BA10" s="95"/>
       <c r="BB10" s="95"/>
-      <c r="BC10" s="189">
+      <c r="BC10" s="187">
         <f t="shared" si="0"/>
-        <v>19149258.000000004</v>
+        <v>24600329.350000001</v>
       </c>
     </row>
     <row r="11" spans="1:55" x14ac:dyDescent="0.25">
       <c r="A11" s="111" t="s">
         <v>220</v>
       </c>
       <c r="B11" s="94"/>
       <c r="C11" s="94"/>
       <c r="D11" s="94"/>
       <c r="E11" s="94"/>
       <c r="F11" s="94"/>
       <c r="G11" s="94"/>
       <c r="H11" s="94"/>
       <c r="I11" s="144">
         <v>333408</v>
       </c>
       <c r="J11" s="144">
         <v>223901</v>
       </c>
       <c r="K11" s="144">
         <v>209826</v>
       </c>
       <c r="L11" s="144">
         <v>1108147</v>
       </c>
       <c r="M11" s="144">
         <v>1437356.8</v>
       </c>
       <c r="N11" s="144">
         <v>808756</v>
       </c>
       <c r="O11" s="144">
         <v>137536.20000000001</v>
       </c>
       <c r="P11" s="144">
         <v>273341</v>
       </c>
       <c r="Q11" s="144">
         <v>335156.40000000002</v>
       </c>
       <c r="R11" s="144">
         <v>0</v>
       </c>
-      <c r="S11" s="209">
+      <c r="S11" s="206">
         <v>0</v>
       </c>
       <c r="T11" s="143">
         <v>113341</v>
       </c>
       <c r="U11" s="145">
         <v>60710.8</v>
       </c>
       <c r="V11" s="145">
         <v>808422.40000000002</v>
       </c>
-      <c r="W11" s="233">
+      <c r="W11" s="217">
         <v>671869.8</v>
       </c>
-      <c r="X11" s="233">
+      <c r="X11" s="217">
         <v>18590.599999999999</v>
       </c>
-      <c r="Y11" s="95"/>
-      <c r="Z11" s="95"/>
+      <c r="Y11" s="217">
+        <v>1083928.2</v>
+      </c>
+      <c r="Z11" s="217">
+        <v>30365.129999999997</v>
+      </c>
       <c r="AA11" s="95"/>
       <c r="AB11" s="95"/>
       <c r="AC11" s="95"/>
       <c r="AD11" s="95"/>
       <c r="AE11" s="95"/>
       <c r="AF11" s="95"/>
       <c r="AG11" s="95"/>
       <c r="AH11" s="95"/>
       <c r="AI11" s="95"/>
       <c r="AJ11" s="95"/>
       <c r="AK11" s="95"/>
       <c r="AL11" s="95"/>
       <c r="AM11" s="95"/>
       <c r="AN11" s="95"/>
       <c r="AO11" s="95"/>
       <c r="AP11" s="95"/>
       <c r="AQ11" s="95"/>
       <c r="AR11" s="95"/>
       <c r="AS11" s="95"/>
       <c r="AT11" s="95"/>
       <c r="AU11" s="95"/>
       <c r="AV11" s="95"/>
       <c r="AW11" s="95"/>
       <c r="AX11" s="95"/>
       <c r="AY11" s="95"/>
       <c r="AZ11" s="95"/>
       <c r="BA11" s="95"/>
       <c r="BB11" s="95"/>
-      <c r="BC11" s="189">
+      <c r="BC11" s="187">
         <f t="shared" si="0"/>
-        <v>6540363</v>
+        <v>7654656.3300000001</v>
       </c>
     </row>
     <row r="12" spans="1:55" x14ac:dyDescent="0.25">
       <c r="A12" s="111" t="s">
         <v>221</v>
       </c>
       <c r="B12" s="94"/>
       <c r="C12" s="94"/>
       <c r="D12" s="94"/>
       <c r="E12" s="94"/>
       <c r="F12" s="94"/>
       <c r="G12" s="94"/>
       <c r="H12" s="94"/>
       <c r="I12" s="144">
         <v>0</v>
       </c>
       <c r="J12" s="144">
         <v>0</v>
       </c>
       <c r="K12" s="144">
         <v>404035.2</v>
       </c>
       <c r="L12" s="144">
         <v>0</v>
       </c>
@@ -11135,89 +11199,93 @@
       </c>
       <c r="O12" s="144">
         <v>0</v>
       </c>
       <c r="P12" s="144">
         <v>429816.6</v>
       </c>
       <c r="Q12" s="144">
         <v>637987.80000000005</v>
       </c>
       <c r="R12" s="144">
         <v>0</v>
       </c>
       <c r="S12" s="143">
         <v>438820.8</v>
       </c>
       <c r="T12" s="143">
         <v>185121</v>
       </c>
       <c r="U12" s="145">
         <v>1201422</v>
       </c>
       <c r="V12" s="145">
         <v>193747.8</v>
       </c>
-      <c r="W12" s="233">
+      <c r="W12" s="217">
         <v>816741.6</v>
       </c>
-      <c r="X12" s="233">
+      <c r="X12" s="217">
         <v>418401</v>
       </c>
-      <c r="Y12" s="95"/>
-      <c r="Z12" s="95"/>
+      <c r="Y12" s="217">
+        <v>0</v>
+      </c>
+      <c r="Z12" s="217">
+        <v>877855.59</v>
+      </c>
       <c r="AA12" s="95"/>
       <c r="AB12" s="95"/>
       <c r="AC12" s="95"/>
       <c r="AD12" s="95"/>
       <c r="AE12" s="95"/>
       <c r="AF12" s="95"/>
       <c r="AG12" s="95"/>
       <c r="AH12" s="95"/>
       <c r="AI12" s="95"/>
       <c r="AJ12" s="95"/>
       <c r="AK12" s="95"/>
       <c r="AL12" s="95"/>
       <c r="AM12" s="95"/>
       <c r="AN12" s="95"/>
       <c r="AO12" s="95"/>
       <c r="AP12" s="95"/>
       <c r="AQ12" s="95"/>
       <c r="AR12" s="95"/>
       <c r="AS12" s="95"/>
       <c r="AT12" s="95"/>
       <c r="AU12" s="95"/>
       <c r="AV12" s="95"/>
       <c r="AW12" s="95"/>
       <c r="AX12" s="95"/>
       <c r="AY12" s="95"/>
       <c r="AZ12" s="95"/>
       <c r="BA12" s="95"/>
       <c r="BB12" s="95"/>
-      <c r="BC12" s="189">
+      <c r="BC12" s="187">
         <f t="shared" si="0"/>
-        <v>6751057.1999999993</v>
+        <v>7628912.7899999991</v>
       </c>
     </row>
     <row r="13" spans="1:55" x14ac:dyDescent="0.25">
       <c r="A13" s="111" t="s">
         <v>222</v>
       </c>
       <c r="B13" s="94"/>
       <c r="C13" s="94"/>
       <c r="D13" s="94"/>
       <c r="E13" s="94"/>
       <c r="F13" s="94"/>
       <c r="G13" s="94"/>
       <c r="H13" s="94"/>
       <c r="I13" s="94"/>
       <c r="J13" s="94"/>
       <c r="K13" s="95"/>
       <c r="L13" s="95"/>
       <c r="M13" s="144"/>
       <c r="N13" s="144"/>
       <c r="O13" s="144"/>
       <c r="P13" s="144"/>
       <c r="Q13" s="95"/>
       <c r="R13" s="95"/>
       <c r="S13" s="95"/>
       <c r="T13" s="95"/>
@@ -11233,51 +11301,51 @@
       <c r="AD13" s="95"/>
       <c r="AE13" s="95"/>
       <c r="AF13" s="95"/>
       <c r="AG13" s="95"/>
       <c r="AH13" s="95"/>
       <c r="AI13" s="95"/>
       <c r="AJ13" s="95"/>
       <c r="AK13" s="95"/>
       <c r="AL13" s="95"/>
       <c r="AM13" s="95"/>
       <c r="AN13" s="95"/>
       <c r="AO13" s="95"/>
       <c r="AP13" s="95"/>
       <c r="AQ13" s="95"/>
       <c r="AR13" s="95"/>
       <c r="AS13" s="95"/>
       <c r="AT13" s="95"/>
       <c r="AU13" s="95"/>
       <c r="AV13" s="95"/>
       <c r="AW13" s="95"/>
       <c r="AX13" s="95"/>
       <c r="AY13" s="95"/>
       <c r="AZ13" s="95"/>
       <c r="BA13" s="95"/>
       <c r="BB13" s="95"/>
-      <c r="BC13" s="189">
+      <c r="BC13" s="187">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:55" x14ac:dyDescent="0.25">
       <c r="A14" s="111" t="s">
         <v>223</v>
       </c>
       <c r="B14" s="94"/>
       <c r="C14" s="94"/>
       <c r="D14" s="94"/>
       <c r="E14" s="94"/>
       <c r="F14" s="94"/>
       <c r="G14" s="94"/>
       <c r="H14" s="94"/>
       <c r="I14" s="94"/>
       <c r="J14" s="94"/>
       <c r="K14" s="95"/>
       <c r="L14" s="95"/>
       <c r="M14" s="144"/>
       <c r="N14" s="144"/>
       <c r="O14" s="144"/>
       <c r="P14" s="144"/>
       <c r="Q14" s="95"/>
       <c r="R14" s="95"/>
@@ -11295,51 +11363,51 @@
       <c r="AD14" s="95"/>
       <c r="AE14" s="95"/>
       <c r="AF14" s="95"/>
       <c r="AG14" s="95"/>
       <c r="AH14" s="95"/>
       <c r="AI14" s="95"/>
       <c r="AJ14" s="95"/>
       <c r="AK14" s="95"/>
       <c r="AL14" s="95"/>
       <c r="AM14" s="95"/>
       <c r="AN14" s="95"/>
       <c r="AO14" s="95"/>
       <c r="AP14" s="95"/>
       <c r="AQ14" s="95"/>
       <c r="AR14" s="95"/>
       <c r="AS14" s="95"/>
       <c r="AT14" s="95"/>
       <c r="AU14" s="95"/>
       <c r="AV14" s="95"/>
       <c r="AW14" s="95"/>
       <c r="AX14" s="95"/>
       <c r="AY14" s="95"/>
       <c r="AZ14" s="95"/>
       <c r="BA14" s="95"/>
       <c r="BB14" s="95"/>
-      <c r="BC14" s="189">
+      <c r="BC14" s="187">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:55" x14ac:dyDescent="0.25">
       <c r="A15" s="112" t="s">
         <v>224</v>
       </c>
       <c r="B15" s="94"/>
       <c r="C15" s="94"/>
       <c r="D15" s="94"/>
       <c r="E15" s="94"/>
       <c r="F15" s="94"/>
       <c r="G15" s="94"/>
       <c r="H15" s="94"/>
       <c r="I15" s="94"/>
       <c r="J15" s="94"/>
       <c r="K15" s="95"/>
       <c r="L15" s="95"/>
       <c r="M15" s="144"/>
       <c r="N15" s="144"/>
       <c r="O15" s="144"/>
       <c r="P15" s="144"/>
       <c r="Q15" s="95"/>
       <c r="R15" s="95"/>
@@ -11357,51 +11425,51 @@
       <c r="AD15" s="95"/>
       <c r="AE15" s="95"/>
       <c r="AF15" s="95"/>
       <c r="AG15" s="95"/>
       <c r="AH15" s="95"/>
       <c r="AI15" s="95"/>
       <c r="AJ15" s="95"/>
       <c r="AK15" s="95"/>
       <c r="AL15" s="95"/>
       <c r="AM15" s="95"/>
       <c r="AN15" s="95"/>
       <c r="AO15" s="95"/>
       <c r="AP15" s="95"/>
       <c r="AQ15" s="95"/>
       <c r="AR15" s="95"/>
       <c r="AS15" s="95"/>
       <c r="AT15" s="95"/>
       <c r="AU15" s="95"/>
       <c r="AV15" s="95"/>
       <c r="AW15" s="95"/>
       <c r="AX15" s="95"/>
       <c r="AY15" s="95"/>
       <c r="AZ15" s="95"/>
       <c r="BA15" s="95"/>
       <c r="BB15" s="95"/>
-      <c r="BC15" s="189">
+      <c r="BC15" s="187">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:55" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="112" t="s">
         <v>225</v>
       </c>
       <c r="B16" s="94"/>
       <c r="C16" s="94"/>
       <c r="D16" s="94"/>
       <c r="E16" s="94"/>
       <c r="F16" s="94"/>
       <c r="G16" s="94"/>
       <c r="H16" s="94"/>
       <c r="I16" s="94"/>
       <c r="J16" s="94"/>
       <c r="K16" s="95"/>
       <c r="L16" s="95"/>
       <c r="M16" s="144"/>
       <c r="N16" s="144"/>
       <c r="O16" s="144"/>
       <c r="P16" s="144"/>
       <c r="Q16" s="95"/>
       <c r="R16" s="95"/>
@@ -11419,278 +11487,278 @@
       <c r="AD16" s="95"/>
       <c r="AE16" s="95"/>
       <c r="AF16" s="95"/>
       <c r="AG16" s="95"/>
       <c r="AH16" s="95"/>
       <c r="AI16" s="95"/>
       <c r="AJ16" s="95"/>
       <c r="AK16" s="95"/>
       <c r="AL16" s="95"/>
       <c r="AM16" s="95"/>
       <c r="AN16" s="95"/>
       <c r="AO16" s="95"/>
       <c r="AP16" s="95"/>
       <c r="AQ16" s="95"/>
       <c r="AR16" s="95"/>
       <c r="AS16" s="95"/>
       <c r="AT16" s="95"/>
       <c r="AU16" s="95"/>
       <c r="AV16" s="95"/>
       <c r="AW16" s="95"/>
       <c r="AX16" s="95"/>
       <c r="AY16" s="95"/>
       <c r="AZ16" s="95"/>
       <c r="BA16" s="95"/>
       <c r="BB16" s="95"/>
-      <c r="BC16" s="189">
+      <c r="BC16" s="187">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:55" s="39" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A17" s="40" t="s">
         <v>226</v>
       </c>
       <c r="B17" s="96">
         <f>SUM(B7:B16)</f>
         <v>0</v>
       </c>
-      <c r="C17" s="190">
+      <c r="C17" s="188">
         <f t="shared" ref="C17:F17" si="1">SUM(C7:C16)</f>
         <v>0</v>
       </c>
-      <c r="D17" s="190">
+      <c r="D17" s="188">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="E17" s="190">
+      <c r="E17" s="188">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="F17" s="195">
+      <c r="F17" s="193">
         <f t="shared" si="1"/>
         <v>126238</v>
       </c>
-      <c r="G17" s="193">
+      <c r="G17" s="191">
         <f>SUM(G7:G16)</f>
         <v>0</v>
       </c>
-      <c r="H17" s="193">
+      <c r="H17" s="191">
         <f t="shared" ref="H17:J17" si="2">SUM(H7:H16)</f>
         <v>0</v>
       </c>
-      <c r="I17" s="193">
+      <c r="I17" s="191">
         <f t="shared" si="2"/>
         <v>4716545</v>
       </c>
-      <c r="J17" s="193">
+      <c r="J17" s="191">
         <f t="shared" si="2"/>
         <v>1829774.8</v>
       </c>
-      <c r="K17" s="194">
+      <c r="K17" s="192">
         <f>SUM(K7:K16)</f>
         <v>2897859.4000000004</v>
       </c>
-      <c r="L17" s="194">
+      <c r="L17" s="192">
         <f>SUM(L7:L16)</f>
         <v>7905374.7999999989</v>
       </c>
-      <c r="M17" s="194">
+      <c r="M17" s="192">
         <f t="shared" ref="M17:N17" si="3">SUM(M7:M16)</f>
         <v>9883439.1999999993</v>
       </c>
-      <c r="N17" s="194">
+      <c r="N17" s="192">
         <f t="shared" si="3"/>
         <v>4835809.4000000004</v>
       </c>
-      <c r="O17" s="193">
+      <c r="O17" s="191">
         <f>SUM(O7:O16)</f>
         <v>1742670</v>
       </c>
-      <c r="P17" s="193">
+      <c r="P17" s="191">
         <f t="shared" ref="P17:R17" si="4">SUM(P7:P16)</f>
         <v>5117912.1999999993</v>
       </c>
-      <c r="Q17" s="193">
+      <c r="Q17" s="191">
         <f t="shared" si="4"/>
         <v>5694170.4000000004</v>
       </c>
-      <c r="R17" s="193">
+      <c r="R17" s="191">
         <f t="shared" si="4"/>
         <v>3247330.4</v>
       </c>
-      <c r="S17" s="194">
+      <c r="S17" s="192">
         <f>SUM(S7:S16)</f>
         <v>10674162.800000001</v>
       </c>
-      <c r="T17" s="194">
+      <c r="T17" s="192">
         <f t="shared" ref="T17:V17" si="5">SUM(T7:T16)</f>
         <v>8523148</v>
       </c>
-      <c r="U17" s="194">
+      <c r="U17" s="192">
         <f t="shared" si="5"/>
         <v>12602549.200000001</v>
       </c>
-      <c r="V17" s="194">
+      <c r="V17" s="192">
         <f t="shared" si="5"/>
         <v>11127503.200000001</v>
       </c>
-      <c r="W17" s="193">
+      <c r="W17" s="191">
         <f>SUM(W7:W16)</f>
         <v>10680199.200000001</v>
       </c>
-      <c r="X17" s="193">
+      <c r="X17" s="191">
         <f t="shared" ref="X17:Z17" si="6">SUM(X7:X16)</f>
         <v>5765539.5999999987</v>
       </c>
-      <c r="Y17" s="193">
+      <c r="Y17" s="191">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="Z17" s="193">
+        <v>14892811.919999998</v>
+      </c>
+      <c r="Z17" s="191">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AA17" s="194">
+        <v>9358032.9200000018</v>
+      </c>
+      <c r="AA17" s="192">
         <f>SUM(AA7:AA16)</f>
         <v>0</v>
       </c>
-      <c r="AB17" s="194">
+      <c r="AB17" s="192">
         <f t="shared" ref="AB17:AD17" si="7">SUM(AB7:AB16)</f>
         <v>0</v>
       </c>
-      <c r="AC17" s="194">
+      <c r="AC17" s="192">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AD17" s="194">
+      <c r="AD17" s="192">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AE17" s="193">
+      <c r="AE17" s="191">
         <f>SUM(AE7:AE16)</f>
         <v>0</v>
       </c>
-      <c r="AF17" s="193">
+      <c r="AF17" s="191">
         <f t="shared" ref="AF17:AH17" si="8">SUM(AF7:AF16)</f>
         <v>0</v>
       </c>
-      <c r="AG17" s="193">
+      <c r="AG17" s="191">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="AH17" s="193">
+      <c r="AH17" s="191">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="AI17" s="194">
+      <c r="AI17" s="192">
         <f>SUM(AI7:AI16)</f>
         <v>0</v>
       </c>
-      <c r="AJ17" s="194">
+      <c r="AJ17" s="192">
         <f t="shared" ref="AJ17:AL17" si="9">SUM(AJ7:AJ16)</f>
         <v>0</v>
       </c>
-      <c r="AK17" s="194">
+      <c r="AK17" s="192">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="AL17" s="194">
+      <c r="AL17" s="192">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="AM17" s="193">
+      <c r="AM17" s="191">
         <f>SUM(AM7:AM16)</f>
         <v>0</v>
       </c>
-      <c r="AN17" s="193">
+      <c r="AN17" s="191">
         <f t="shared" ref="AN17:AP17" si="10">SUM(AN7:AN16)</f>
         <v>0</v>
       </c>
-      <c r="AO17" s="193">
+      <c r="AO17" s="191">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="AP17" s="193">
+      <c r="AP17" s="191">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="AQ17" s="194">
+      <c r="AQ17" s="192">
         <f>SUM(AQ7:AQ16)</f>
         <v>0</v>
       </c>
-      <c r="AR17" s="194">
+      <c r="AR17" s="192">
         <f t="shared" ref="AR17:BB17" si="11">SUM(AR7:AR16)</f>
         <v>0</v>
       </c>
-      <c r="AS17" s="194">
+      <c r="AS17" s="192">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="AT17" s="194">
+      <c r="AT17" s="192">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="AU17" s="206">
+      <c r="AU17" s="203">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="AV17" s="206">
+      <c r="AV17" s="203">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="AW17" s="206">
+      <c r="AW17" s="203">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="AX17" s="206">
+      <c r="AX17" s="203">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="AY17" s="194">
+      <c r="AY17" s="192">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="AZ17" s="194">
+      <c r="AZ17" s="192">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="BA17" s="194">
+      <c r="BA17" s="192">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="BB17" s="194">
+      <c r="BB17" s="192">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="BC17" s="193">
+      <c r="BC17" s="191">
         <f>SUM(BC7:BC16)</f>
-        <v>107370225.59999999</v>
+        <v>131621070.44</v>
       </c>
     </row>
     <row r="19" spans="1:55" ht="117" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="185" t="s">
+      <c r="A19" s="183" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="21" spans="1:55" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="23" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="22" spans="1:55" s="39" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A22" s="40" t="s">
         <v>169</v>
       </c>
       <c r="B22" s="72" t="s">
         <v>170</v>
       </c>
       <c r="C22" s="73" t="s">
         <v>171</v>
       </c>
       <c r="D22" s="73" t="s">
         <v>172</v>
       </c>
       <c r="E22" s="73" t="s">
         <v>173</v>
       </c>
       <c r="F22" s="73" t="s">
@@ -11794,494 +11862,504 @@
       </c>
       <c r="AM22" s="72" t="s">
         <v>207</v>
       </c>
       <c r="AN22" s="72" t="s">
         <v>208</v>
       </c>
       <c r="AO22" s="72" t="s">
         <v>209</v>
       </c>
       <c r="AP22" s="72" t="s">
         <v>210</v>
       </c>
       <c r="AQ22" s="73" t="s">
         <v>211</v>
       </c>
       <c r="AR22" s="73" t="s">
         <v>212</v>
       </c>
       <c r="AS22" s="73" t="s">
         <v>213</v>
       </c>
       <c r="AT22" s="73" t="s">
         <v>214</v>
       </c>
-      <c r="AU22" s="205" t="s">
+      <c r="AU22" s="202" t="s">
+        <v>334</v>
+      </c>
+      <c r="AV22" s="202" t="s">
+        <v>336</v>
+      </c>
+      <c r="AW22" s="202" t="s">
         <v>337</v>
       </c>
-      <c r="AV22" s="205" t="s">
+      <c r="AX22" s="202" t="s">
+        <v>338</v>
+      </c>
+      <c r="AY22" s="73" t="s">
+        <v>335</v>
+      </c>
+      <c r="AZ22" s="73" t="s">
         <v>339</v>
       </c>
-      <c r="AW22" s="205" t="s">
+      <c r="BA22" s="73" t="s">
         <v>340</v>
       </c>
-      <c r="AX22" s="205" t="s">
+      <c r="BB22" s="73" t="s">
         <v>341</v>
-      </c>
-[...10 lines deleted...]
-        <v>344</v>
       </c>
       <c r="BC22" s="72" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="23" spans="1:55" x14ac:dyDescent="0.25">
       <c r="A23" s="110" t="s">
         <v>229</v>
       </c>
       <c r="B23" s="94"/>
       <c r="C23" s="94"/>
       <c r="D23" s="94"/>
       <c r="E23" s="94"/>
       <c r="F23" s="94"/>
       <c r="G23" s="142"/>
       <c r="H23" s="84"/>
       <c r="I23" s="143"/>
       <c r="J23" s="144"/>
       <c r="K23" s="143"/>
       <c r="L23" s="144"/>
       <c r="M23" s="144"/>
       <c r="N23" s="144"/>
       <c r="O23" s="144"/>
       <c r="P23" s="144"/>
       <c r="Q23" s="144"/>
-      <c r="R23" s="199"/>
+      <c r="R23" s="196"/>
       <c r="S23" s="145"/>
       <c r="T23" s="145"/>
       <c r="U23" s="145"/>
       <c r="V23" s="145"/>
       <c r="W23" s="145"/>
       <c r="X23" s="145"/>
-      <c r="Y23" s="145">
-[...4 lines deleted...]
-      </c>
+      <c r="Y23" s="145"/>
+      <c r="Z23" s="145"/>
       <c r="AA23" s="145">
-        <v>5276546.6000000006</v>
+        <v>304389.37</v>
       </c>
       <c r="AB23" s="145">
-        <v>11603117.6</v>
+        <v>4573822.8100000005</v>
       </c>
       <c r="AC23" s="145">
-        <v>7185270.5999999987</v>
+        <v>5854078.9100000011</v>
       </c>
       <c r="AD23" s="145">
-        <v>15008959.800000001</v>
+        <v>15263851.299999997</v>
       </c>
       <c r="AE23" s="145">
-        <v>12240365</v>
+        <v>10557377.450000001</v>
       </c>
       <c r="AF23" s="145">
-        <v>2130609</v>
+        <v>4619262.8099999996</v>
       </c>
       <c r="AG23" s="145">
-        <v>9742123</v>
+        <v>19259119.529999997</v>
       </c>
       <c r="AH23" s="145">
-        <v>0</v>
+        <v>6850317.4399999985</v>
       </c>
       <c r="AI23" s="145">
-        <v>7408113.0600000005</v>
-[...3 lines deleted...]
-      <c r="AL23" s="145"/>
+        <v>4577738.7699999996</v>
+      </c>
+      <c r="AJ23" s="145">
+        <v>0</v>
+      </c>
+      <c r="AK23" s="145">
+        <v>6031010.1333333235</v>
+      </c>
+      <c r="AL23" s="145">
+        <v>0</v>
+      </c>
       <c r="AM23" s="145"/>
       <c r="AN23" s="145"/>
       <c r="AO23" s="145"/>
       <c r="AP23" s="145"/>
       <c r="AQ23" s="145"/>
       <c r="AR23" s="145"/>
       <c r="AS23" s="145"/>
       <c r="AT23" s="145"/>
       <c r="AU23" s="145"/>
       <c r="AV23" s="145"/>
       <c r="AW23" s="145"/>
       <c r="AX23" s="145"/>
       <c r="AY23" s="145"/>
       <c r="AZ23" s="145"/>
       <c r="BA23" s="145"/>
       <c r="BB23" s="145"/>
-      <c r="BC23" s="189">
+      <c r="BC23" s="187">
         <f>SUM(B23:BB23)</f>
-        <v>72405668.459999993</v>
+        <v>77890968.523333326</v>
       </c>
     </row>
     <row r="24" spans="1:55" x14ac:dyDescent="0.25">
       <c r="A24" s="111" t="s">
         <v>230</v>
       </c>
       <c r="B24" s="84"/>
       <c r="C24" s="94"/>
       <c r="D24" s="94"/>
       <c r="E24" s="94"/>
       <c r="F24" s="94"/>
       <c r="G24" s="146"/>
       <c r="H24" s="144"/>
       <c r="I24" s="144"/>
       <c r="J24" s="143"/>
       <c r="K24" s="144"/>
       <c r="L24" s="144"/>
       <c r="M24" s="143"/>
       <c r="N24" s="144"/>
       <c r="O24" s="144"/>
       <c r="P24" s="144"/>
       <c r="Q24" s="144"/>
       <c r="R24" s="144"/>
       <c r="S24" s="145"/>
       <c r="T24" s="145"/>
       <c r="U24" s="145"/>
       <c r="V24" s="145"/>
       <c r="W24" s="145"/>
       <c r="X24" s="145"/>
-      <c r="Y24" s="145">
-[...4 lines deleted...]
-      </c>
+      <c r="Y24" s="145"/>
+      <c r="Z24" s="145"/>
       <c r="AA24" s="145">
-        <v>6795026.7999999989</v>
+        <v>248218.72999999998</v>
       </c>
       <c r="AB24" s="145">
-        <v>4444095.8000000007</v>
+        <v>3656868.31</v>
       </c>
       <c r="AC24" s="145">
-        <v>4926219.2</v>
+        <v>7431055.8399999999</v>
       </c>
       <c r="AD24" s="145">
-        <v>1816620</v>
+        <v>4265462.6899999995</v>
       </c>
       <c r="AE24" s="145">
-        <v>2452752</v>
+        <v>3295120.15</v>
       </c>
       <c r="AF24" s="145">
-        <v>4125502</v>
+        <v>6860096.5200000005</v>
       </c>
       <c r="AG24" s="145">
-        <v>9950288.7300000004</v>
+        <v>11598471.969999999</v>
       </c>
       <c r="AH24" s="145">
-        <v>0</v>
+        <v>1866453.65</v>
       </c>
       <c r="AI24" s="145">
-        <v>947566.93</v>
-[...3 lines deleted...]
-      <c r="AL24" s="145"/>
+        <v>5248166.3599999994</v>
+      </c>
+      <c r="AJ24" s="145">
+        <v>0</v>
+      </c>
+      <c r="AK24" s="145">
+        <v>1460979.199999999</v>
+      </c>
+      <c r="AL24" s="145">
+        <v>0</v>
+      </c>
       <c r="AM24" s="145"/>
       <c r="AN24" s="145"/>
       <c r="AO24" s="145"/>
       <c r="AP24" s="145"/>
       <c r="AQ24" s="145"/>
       <c r="AR24" s="145"/>
       <c r="AS24" s="145"/>
       <c r="AT24" s="145"/>
       <c r="AU24" s="145"/>
       <c r="AV24" s="145"/>
       <c r="AW24" s="145"/>
       <c r="AX24" s="145"/>
       <c r="AY24" s="145"/>
       <c r="AZ24" s="145"/>
       <c r="BA24" s="145"/>
       <c r="BB24" s="145"/>
-      <c r="BC24" s="189">
+      <c r="BC24" s="187">
         <f t="shared" ref="BC24:BC27" si="12">SUM(B24:BB24)</f>
-        <v>36787773.460000001</v>
+        <v>45930893.419999987</v>
       </c>
     </row>
     <row r="25" spans="1:55" x14ac:dyDescent="0.25">
       <c r="A25" s="111" t="s">
         <v>231</v>
       </c>
       <c r="B25" s="94"/>
       <c r="C25" s="94"/>
       <c r="D25" s="94"/>
       <c r="E25" s="94"/>
       <c r="F25" s="94"/>
       <c r="G25" s="144"/>
       <c r="H25" s="144"/>
       <c r="I25" s="143"/>
       <c r="J25" s="144"/>
       <c r="K25" s="143"/>
       <c r="L25" s="144"/>
       <c r="M25" s="144"/>
       <c r="N25" s="144"/>
       <c r="O25" s="144"/>
       <c r="P25" s="143"/>
       <c r="Q25" s="144"/>
       <c r="R25" s="145"/>
       <c r="S25" s="145"/>
       <c r="T25" s="143"/>
       <c r="U25" s="145"/>
       <c r="V25" s="145"/>
       <c r="W25" s="145"/>
       <c r="X25" s="145"/>
-      <c r="Y25" s="145">
-[...4 lines deleted...]
-      </c>
+      <c r="Y25" s="145"/>
+      <c r="Z25" s="145"/>
       <c r="AA25" s="145">
-        <v>903044.2</v>
+        <v>29706.36</v>
       </c>
       <c r="AB25" s="145">
-        <v>3800955.6</v>
+        <v>1813470</v>
       </c>
       <c r="AC25" s="145">
-        <v>1204157</v>
+        <v>2054605.2000000002</v>
       </c>
       <c r="AD25" s="145">
-        <v>1520837</v>
+        <v>3335917.39</v>
       </c>
       <c r="AE25" s="145">
-        <v>2607420</v>
+        <v>2763313.06</v>
       </c>
       <c r="AF25" s="145">
-        <v>1492288</v>
+        <v>1059786.8</v>
       </c>
       <c r="AG25" s="145">
-        <v>1034513</v>
+        <v>629671.83000000007</v>
       </c>
       <c r="AH25" s="145">
-        <v>0</v>
+        <v>396500.12</v>
       </c>
       <c r="AI25" s="145">
-        <v>443089.06</v>
-[...3 lines deleted...]
-      <c r="AL25" s="145"/>
+        <v>190206</v>
+      </c>
+      <c r="AJ25" s="145">
+        <v>0</v>
+      </c>
+      <c r="AK25" s="145">
+        <v>443089.06666666601</v>
+      </c>
+      <c r="AL25" s="145">
+        <v>0</v>
+      </c>
       <c r="AM25" s="145"/>
       <c r="AN25" s="145"/>
       <c r="AO25" s="145"/>
       <c r="AP25" s="145"/>
       <c r="AQ25" s="145"/>
       <c r="AR25" s="145"/>
       <c r="AS25" s="145"/>
       <c r="AT25" s="145"/>
       <c r="AU25" s="145"/>
       <c r="AV25" s="145"/>
       <c r="AW25" s="145"/>
       <c r="AX25" s="145"/>
       <c r="AY25" s="145"/>
       <c r="AZ25" s="145"/>
       <c r="BA25" s="145"/>
       <c r="BB25" s="145"/>
-      <c r="BC25" s="189">
+      <c r="BC25" s="187">
         <f t="shared" si="12"/>
-        <v>13936120.860000001</v>
+        <v>12716265.826666668</v>
       </c>
     </row>
     <row r="26" spans="1:55" x14ac:dyDescent="0.25">
       <c r="A26" s="111" t="s">
         <v>232</v>
       </c>
       <c r="B26" s="94"/>
       <c r="C26" s="94"/>
       <c r="D26" s="94"/>
       <c r="E26" s="94"/>
       <c r="F26" s="94"/>
       <c r="G26" s="94"/>
       <c r="H26" s="94"/>
       <c r="I26" s="143"/>
       <c r="J26" s="144"/>
       <c r="K26" s="145"/>
       <c r="L26" s="144"/>
       <c r="M26" s="145"/>
       <c r="N26" s="144"/>
       <c r="O26" s="144"/>
       <c r="P26" s="145"/>
       <c r="Q26" s="144"/>
       <c r="R26" s="145"/>
       <c r="S26" s="145"/>
       <c r="T26" s="145"/>
       <c r="U26" s="145"/>
       <c r="V26" s="145"/>
       <c r="W26" s="145"/>
       <c r="X26" s="145"/>
-      <c r="Y26" s="145">
-[...4 lines deleted...]
-      </c>
+      <c r="Y26" s="145"/>
+      <c r="Z26" s="145"/>
       <c r="AA26" s="145">
         <v>0</v>
       </c>
       <c r="AB26" s="145">
         <v>0</v>
       </c>
       <c r="AC26" s="145">
         <v>0</v>
       </c>
       <c r="AD26" s="145">
         <v>0</v>
       </c>
       <c r="AE26" s="145">
         <v>0</v>
       </c>
       <c r="AF26" s="145">
         <v>0</v>
       </c>
       <c r="AG26" s="145">
         <v>0</v>
       </c>
       <c r="AH26" s="145">
         <v>0</v>
       </c>
       <c r="AI26" s="145">
         <v>0</v>
       </c>
-      <c r="AJ26" s="145"/>
-[...1 lines deleted...]
-      <c r="AL26" s="145"/>
+      <c r="AJ26" s="145">
+        <v>0</v>
+      </c>
+      <c r="AK26" s="145">
+        <v>0</v>
+      </c>
+      <c r="AL26" s="145">
+        <v>0</v>
+      </c>
       <c r="AM26" s="145"/>
       <c r="AN26" s="145"/>
       <c r="AO26" s="145"/>
       <c r="AP26" s="145"/>
       <c r="AQ26" s="145"/>
       <c r="AR26" s="145"/>
       <c r="AS26" s="145"/>
       <c r="AT26" s="145"/>
       <c r="AU26" s="145"/>
       <c r="AV26" s="145"/>
       <c r="AW26" s="145"/>
       <c r="AX26" s="145"/>
       <c r="AY26" s="145"/>
       <c r="AZ26" s="145"/>
       <c r="BA26" s="145"/>
       <c r="BB26" s="145"/>
-      <c r="BC26" s="189">
+      <c r="BC26" s="187">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:55" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="112" t="s">
         <v>233</v>
       </c>
       <c r="B27" s="94"/>
       <c r="C27" s="94"/>
       <c r="D27" s="94"/>
       <c r="E27" s="94"/>
       <c r="F27" s="94"/>
       <c r="G27" s="94"/>
       <c r="H27" s="94"/>
       <c r="I27" s="143"/>
       <c r="J27" s="144"/>
       <c r="K27" s="145"/>
       <c r="L27" s="144"/>
       <c r="M27" s="144"/>
       <c r="N27" s="144"/>
       <c r="O27" s="144"/>
       <c r="P27" s="145"/>
       <c r="Q27" s="145"/>
       <c r="R27" s="145"/>
       <c r="S27" s="145"/>
       <c r="T27" s="145"/>
       <c r="U27" s="145"/>
       <c r="V27" s="145"/>
       <c r="W27" s="145"/>
       <c r="X27" s="145"/>
-      <c r="Y27" s="145">
-[...4 lines deleted...]
-      </c>
+      <c r="Y27" s="145"/>
+      <c r="Z27" s="145"/>
       <c r="AA27" s="145">
+        <v>0</v>
+      </c>
+      <c r="AB27" s="145">
+        <v>0</v>
+      </c>
+      <c r="AC27" s="145">
         <v>120170</v>
       </c>
-      <c r="AB27" s="145">
-[...4 lines deleted...]
-      </c>
       <c r="AD27" s="145">
         <v>0</v>
       </c>
       <c r="AE27" s="145">
         <v>0</v>
       </c>
       <c r="AF27" s="145">
         <v>0</v>
       </c>
       <c r="AG27" s="145">
         <v>0</v>
       </c>
       <c r="AH27" s="145">
         <v>0</v>
       </c>
       <c r="AI27" s="145">
         <v>0</v>
       </c>
-      <c r="AJ27" s="145"/>
-[...1 lines deleted...]
-      <c r="AL27" s="145"/>
+      <c r="AJ27" s="145">
+        <v>0</v>
+      </c>
+      <c r="AK27" s="145">
+        <v>0</v>
+      </c>
+      <c r="AL27" s="145">
+        <v>0</v>
+      </c>
       <c r="AM27" s="145"/>
       <c r="AN27" s="145"/>
       <c r="AO27" s="145"/>
       <c r="AP27" s="145"/>
       <c r="AQ27" s="145"/>
       <c r="AR27" s="145"/>
       <c r="AS27" s="145"/>
       <c r="AT27" s="145"/>
       <c r="AU27" s="145"/>
       <c r="AV27" s="145"/>
       <c r="AW27" s="145"/>
       <c r="AX27" s="145"/>
       <c r="AY27" s="145"/>
       <c r="AZ27" s="145"/>
       <c r="BA27" s="145"/>
       <c r="BB27" s="145"/>
-      <c r="BC27" s="189">
+      <c r="BC27" s="187">
         <f t="shared" si="12"/>
         <v>120170</v>
       </c>
     </row>
     <row r="28" spans="1:55" s="39" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A28" s="40" t="s">
         <v>234</v>
       </c>
       <c r="B28" s="96">
         <f>SUM(B23:B27)</f>
         <v>0</v>
       </c>
       <c r="C28" s="97">
         <f t="shared" ref="C28:R28" si="13">SUM(C23:C27)</f>
         <v>0</v>
       </c>
       <c r="D28" s="97">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="E28" s="97">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="F28" s="97">
@@ -12298,2231 +12376,2424 @@
       </c>
       <c r="I28" s="96">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="J28" s="96">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="K28" s="97">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="L28" s="97">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="M28" s="97">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="N28" s="97">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="O28" s="193">
+      <c r="O28" s="191">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="P28" s="193">
+      <c r="P28" s="191">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="Q28" s="193">
+      <c r="Q28" s="191">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="R28" s="193">
+      <c r="R28" s="191">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="S28" s="194">
+      <c r="S28" s="192">
         <f t="shared" ref="S28" si="14">SUM(S23:S27)</f>
         <v>0</v>
       </c>
-      <c r="T28" s="194">
+      <c r="T28" s="192">
         <f t="shared" ref="T28" si="15">SUM(T23:T27)</f>
         <v>0</v>
       </c>
-      <c r="U28" s="194">
+      <c r="U28" s="192">
         <f t="shared" ref="U28" si="16">SUM(U23:U27)</f>
         <v>0</v>
       </c>
-      <c r="V28" s="194">
+      <c r="V28" s="192">
         <f t="shared" ref="V28" si="17">SUM(V23:V27)</f>
         <v>0</v>
       </c>
-      <c r="W28" s="193">
+      <c r="W28" s="191">
         <f t="shared" ref="W28" si="18">SUM(W23:W27)</f>
         <v>0</v>
       </c>
-      <c r="X28" s="193">
+      <c r="X28" s="191">
         <f t="shared" ref="X28" si="19">SUM(X23:X27)</f>
         <v>0</v>
       </c>
-      <c r="Y28" s="193">
+      <c r="Y28" s="191">
         <f t="shared" ref="Y28" si="20">SUM(Y23:Y27)</f>
-        <v>1253408.8</v>
-[...1 lines deleted...]
-      <c r="Z28" s="193">
+        <v>0</v>
+      </c>
+      <c r="Z28" s="191">
         <f t="shared" ref="Z28" si="21">SUM(Z23:Z27)</f>
-        <v>2816674</v>
-[...1 lines deleted...]
-      <c r="AA28" s="194">
+        <v>0</v>
+      </c>
+      <c r="AA28" s="192">
         <f t="shared" ref="AA28" si="22">SUM(AA23:AA27)</f>
-        <v>13094787.599999998</v>
-[...1 lines deleted...]
-      <c r="AB28" s="194">
+        <v>582314.46</v>
+      </c>
+      <c r="AB28" s="192">
         <f t="shared" ref="AB28" si="23">SUM(AB23:AB27)</f>
-        <v>19848169</v>
-[...1 lines deleted...]
-      <c r="AC28" s="194">
+        <v>10044161.120000001</v>
+      </c>
+      <c r="AC28" s="192">
         <f t="shared" ref="AC28" si="24">SUM(AC23:AC27)</f>
-        <v>13315646.799999999</v>
-[...1 lines deleted...]
-      <c r="AD28" s="194">
+        <v>15459909.949999999</v>
+      </c>
+      <c r="AD28" s="192">
         <f t="shared" ref="AD28" si="25">SUM(AD23:AD27)</f>
-        <v>18346416.800000001</v>
-[...1 lines deleted...]
-      <c r="AE28" s="193">
+        <v>22865231.379999995</v>
+      </c>
+      <c r="AE28" s="191">
         <f t="shared" ref="AE28" si="26">SUM(AE23:AE27)</f>
-        <v>17300537</v>
-[...1 lines deleted...]
-      <c r="AF28" s="193">
+        <v>16615810.660000002</v>
+      </c>
+      <c r="AF28" s="191">
         <f t="shared" ref="AF28" si="27">SUM(AF23:AF27)</f>
-        <v>7748399</v>
-[...1 lines deleted...]
-      <c r="AG28" s="193">
+        <v>12539146.130000001</v>
+      </c>
+      <c r="AG28" s="191">
         <f t="shared" ref="AG28" si="28">SUM(AG23:AG27)</f>
-        <v>20726924.73</v>
-[...1 lines deleted...]
-      <c r="AH28" s="193">
+        <v>31487263.329999998</v>
+      </c>
+      <c r="AH28" s="191">
         <f t="shared" ref="AH28" si="29">SUM(AH23:AH27)</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AI28" s="194">
+        <v>9113271.2099999972</v>
+      </c>
+      <c r="AI28" s="192">
         <f t="shared" ref="AI28" si="30">SUM(AI23:AI27)</f>
-        <v>8798769.0500000007</v>
-[...1 lines deleted...]
-      <c r="AJ28" s="194">
+        <v>10016111.129999999</v>
+      </c>
+      <c r="AJ28" s="192">
         <f t="shared" ref="AJ28" si="31">SUM(AJ23:AJ27)</f>
         <v>0</v>
       </c>
-      <c r="AK28" s="194">
+      <c r="AK28" s="192">
         <f t="shared" ref="AK28" si="32">SUM(AK23:AK27)</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AL28" s="194">
+        <v>7935078.3999999892</v>
+      </c>
+      <c r="AL28" s="192">
         <f t="shared" ref="AL28" si="33">SUM(AL23:AL27)</f>
         <v>0</v>
       </c>
-      <c r="AM28" s="193">
+      <c r="AM28" s="191">
         <f t="shared" ref="AM28" si="34">SUM(AM23:AM27)</f>
         <v>0</v>
       </c>
-      <c r="AN28" s="193">
+      <c r="AN28" s="191">
         <f t="shared" ref="AN28" si="35">SUM(AN23:AN27)</f>
         <v>0</v>
       </c>
-      <c r="AO28" s="193">
+      <c r="AO28" s="191">
         <f t="shared" ref="AO28" si="36">SUM(AO23:AO27)</f>
         <v>0</v>
       </c>
-      <c r="AP28" s="193">
+      <c r="AP28" s="191">
         <f t="shared" ref="AP28" si="37">SUM(AP23:AP27)</f>
         <v>0</v>
       </c>
-      <c r="AQ28" s="194">
+      <c r="AQ28" s="192">
         <f t="shared" ref="AQ28" si="38">SUM(AQ23:AQ27)</f>
         <v>0</v>
       </c>
-      <c r="AR28" s="194">
+      <c r="AR28" s="192">
         <f t="shared" ref="AR28" si="39">SUM(AR23:AR27)</f>
         <v>0</v>
       </c>
-      <c r="AS28" s="194">
+      <c r="AS28" s="192">
         <f t="shared" ref="AS28" si="40">SUM(AS23:AS27)</f>
         <v>0</v>
       </c>
-      <c r="AT28" s="194">
+      <c r="AT28" s="192">
         <f t="shared" ref="AT28:BB28" si="41">SUM(AT23:AT27)</f>
         <v>0</v>
       </c>
-      <c r="AU28" s="206">
+      <c r="AU28" s="203">
         <f t="shared" si="41"/>
         <v>0</v>
       </c>
-      <c r="AV28" s="206">
+      <c r="AV28" s="203">
         <f t="shared" si="41"/>
         <v>0</v>
       </c>
-      <c r="AW28" s="206">
+      <c r="AW28" s="203">
         <f t="shared" si="41"/>
         <v>0</v>
       </c>
-      <c r="AX28" s="206">
+      <c r="AX28" s="203">
         <f t="shared" si="41"/>
         <v>0</v>
       </c>
-      <c r="AY28" s="194">
+      <c r="AY28" s="192">
         <f t="shared" si="41"/>
         <v>0</v>
       </c>
-      <c r="AZ28" s="194">
+      <c r="AZ28" s="192">
         <f t="shared" si="41"/>
         <v>0</v>
       </c>
-      <c r="BA28" s="194">
+      <c r="BA28" s="192">
         <f t="shared" si="41"/>
         <v>0</v>
       </c>
-      <c r="BB28" s="194">
+      <c r="BB28" s="192">
         <f t="shared" si="41"/>
         <v>0</v>
       </c>
-      <c r="BC28" s="193">
+      <c r="BC28" s="191">
         <f>SUM(BC23:BC27)</f>
-        <v>123249732.77999999</v>
+        <v>136658297.76999998</v>
       </c>
     </row>
     <row r="30" spans="1:55" x14ac:dyDescent="0.25">
       <c r="A30" s="113" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
     </row>
     <row r="31" spans="1:55" x14ac:dyDescent="0.25">
-      <c r="A31" s="178"/>
-[...2 lines deleted...]
-      <c r="D31" s="244"/>
+      <c r="A31" s="176"/>
+      <c r="B31" s="248"/>
+      <c r="C31" s="248"/>
+      <c r="D31" s="248"/>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="D33" s="241"/>
+      <c r="D33" s="243"/>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="D34" s="241"/>
+      <c r="D34" s="243"/>
     </row>
     <row r="37" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B37" s="244"/>
-[...1 lines deleted...]
-      <c r="D37" s="244"/>
+      <c r="B37" s="248"/>
+      <c r="C37" s="248"/>
+      <c r="D37" s="248"/>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="D39" s="241"/>
+      <c r="D39" s="243"/>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="D40" s="241"/>
+      <c r="D40" s="243"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="cAL3Xe9QVJwvAjjH+mlPWZJJ1D/qau399lFNaWzOax9iz86i/mfVvnAKVeHSM9FrsHcaPwvpV6jvuDLFmDay4Q==" saltValue="gPVWpF1ni/6WMQR+VYRHYw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="62Be1bQkmwnViFx8J9JwK0DrkIl3JBonQRhuuK04pr1Io2Xg7pinLs99UOFJmY7mP0BmQ5oZQcLnDSPnHB4AWw==" saltValue="/1v6/etFEr+fl9Fpc4KoKQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="2">
     <mergeCell ref="B37:D37"/>
     <mergeCell ref="B31:D31"/>
   </mergeCells>
   <phoneticPr fontId="28" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B3DBA5B1-15F1-402E-860D-6A023E00184C}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F28902A5-B08A-4AB2-B488-64EE18E8F3B0}">
   <sheetPr>
     <tabColor theme="4"/>
   </sheetPr>
-  <dimension ref="A1:K143"/>
+  <dimension ref="A1:K149"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A108" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="K140" sqref="K140"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A130" sqref="A130"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="24.42578125" customWidth="1"/>
+    <col min="1" max="1" width="24.28515625" customWidth="1"/>
     <col min="2" max="2" width="40.140625" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="18.5703125" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="18" max="18" width="9.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="18.7109375" customWidth="1"/>
+    <col min="4" max="4" width="29.140625" customWidth="1"/>
+    <col min="5" max="5" width="20.42578125" customWidth="1"/>
+    <col min="6" max="17" width="15.7109375" customWidth="1"/>
+    <col min="18" max="18" width="9.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:11" s="6" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="128" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="1"/>
-      <c r="D1" s="1"/>
+      <c r="C1" s="5"/>
+      <c r="D1" s="5"/>
+      <c r="K1" s="26"/>
     </row>
     <row r="2" spans="1:11" s="6" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A2" s="180" t="str">
+      <c r="A2" s="178" t="str">
         <f>'1. Expenditures'!A2</f>
-        <v>Reporting Date: July 31, 2025</v>
+        <v>Reporting Date: January 30, 2026</v>
       </c>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="K2" s="26"/>
     </row>
     <row r="3" spans="1:11" s="6" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A3" s="181" t="str">
+      <c r="A3" s="179" t="str">
         <f>'1. Expenditures'!A3</f>
-        <v>Reporting Data Through: June 30, 2025</v>
-      </c>
+        <v>Reporting Data Through: December 31, 2025</v>
+      </c>
+      <c r="C3" s="5"/>
+      <c r="D3" s="5"/>
       <c r="K3" s="26"/>
+    </row>
+    <row r="4" spans="1:11" s="6" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A4" s="178"/>
+      <c r="C4" s="5"/>
+      <c r="D4" s="5"/>
+      <c r="K4" s="26"/>
     </row>
     <row r="5" spans="1:11" s="6" customFormat="1" ht="12.75" x14ac:dyDescent="0.2"/>
     <row r="6" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="23" t="s">
         <v>235</v>
       </c>
     </row>
-    <row r="7" spans="1:11" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:11" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="43" t="s">
         <v>236</v>
       </c>
       <c r="B7" s="43" t="s">
         <v>237</v>
       </c>
       <c r="C7" s="43" t="s">
         <v>238</v>
       </c>
       <c r="D7" s="147" t="s">
         <v>239</v>
       </c>
       <c r="E7" s="167" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="8" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A8" s="217" t="s">
+      <c r="A8" s="226" t="s">
         <v>241</v>
       </c>
-      <c r="B8" s="218" t="s">
+      <c r="B8" s="227" t="s">
         <v>242</v>
       </c>
       <c r="C8" s="79">
         <v>1934435</v>
       </c>
-      <c r="D8" s="218">
+      <c r="D8" s="227">
         <v>2016</v>
       </c>
       <c r="E8" s="168">
         <f>C8</f>
         <v>1934435</v>
       </c>
+      <c r="F8" s="224"/>
     </row>
     <row r="9" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A9" s="217" t="s">
+      <c r="A9" s="226" t="s">
         <v>241</v>
       </c>
-      <c r="B9" s="218" t="s">
+      <c r="B9" s="227" t="s">
         <v>243</v>
       </c>
       <c r="C9" s="79">
         <v>4843456</v>
       </c>
-      <c r="D9" s="218">
+      <c r="D9" s="227">
         <v>2017</v>
       </c>
       <c r="E9" s="168">
         <f>C9</f>
         <v>4843456</v>
       </c>
+      <c r="F9" s="224"/>
     </row>
     <row r="10" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A10" s="217" t="s">
+      <c r="A10" s="226" t="s">
         <v>241</v>
       </c>
-      <c r="B10" s="218" t="s">
+      <c r="B10" s="227" t="s">
         <v>244</v>
       </c>
       <c r="C10" s="79">
         <v>43700000</v>
       </c>
-      <c r="D10" s="218">
+      <c r="D10" s="227">
         <v>2018</v>
       </c>
       <c r="E10" s="168">
         <f>C10</f>
         <v>43700000</v>
       </c>
+      <c r="F10" s="224"/>
     </row>
     <row r="11" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A11" s="217" t="s">
+      <c r="A11" s="226" t="s">
         <v>241</v>
       </c>
-      <c r="B11" s="218" t="s">
+      <c r="B11" s="227" t="s">
         <v>245</v>
       </c>
       <c r="C11" s="79">
         <v>37737000</v>
       </c>
-      <c r="D11" s="218">
+      <c r="D11" s="227">
         <v>2019</v>
       </c>
       <c r="E11" s="168">
         <f>C11</f>
         <v>37737000</v>
       </c>
+      <c r="F11" s="224"/>
     </row>
     <row r="12" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A12" s="217" t="s">
+      <c r="A12" s="226" t="s">
         <v>241</v>
       </c>
-      <c r="B12" s="218" t="s">
+      <c r="B12" s="227" t="s">
         <v>246</v>
       </c>
       <c r="C12" s="79">
         <v>30685041</v>
       </c>
-      <c r="D12" s="223" t="s">
+      <c r="D12" s="228" t="s">
         <v>247</v>
       </c>
       <c r="E12" s="169">
         <f>C12</f>
         <v>30685041</v>
       </c>
+      <c r="F12" s="224"/>
     </row>
     <row r="13" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A13" s="217" t="s">
+      <c r="A13" s="226" t="s">
         <v>241</v>
       </c>
-      <c r="B13" s="218" t="s">
+      <c r="B13" s="227" t="s">
         <v>248</v>
       </c>
       <c r="C13" s="79">
         <v>10117261</v>
       </c>
-      <c r="D13" s="256">
+      <c r="D13" s="249">
         <v>2020</v>
       </c>
-      <c r="E13" s="258">
+      <c r="E13" s="254">
         <f>SUM(C13:C15)</f>
         <v>38776228</v>
       </c>
+      <c r="F13" s="224"/>
+      <c r="G13" s="9"/>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A14" s="217" t="s">
+      <c r="A14" s="226" t="s">
         <v>241</v>
       </c>
-      <c r="B14" s="218" t="s">
+      <c r="B14" s="227" t="s">
         <v>249</v>
       </c>
       <c r="C14" s="79">
         <v>7795632</v>
       </c>
-      <c r="D14" s="260"/>
-      <c r="E14" s="261"/>
+      <c r="D14" s="256"/>
+      <c r="E14" s="251"/>
+      <c r="F14" s="224"/>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A15" s="217" t="s">
+      <c r="A15" s="226" t="s">
         <v>250</v>
       </c>
-      <c r="B15" s="218" t="s">
+      <c r="B15" s="227" t="s">
         <v>251</v>
       </c>
       <c r="C15" s="170">
         <v>20863335</v>
       </c>
-      <c r="D15" s="257"/>
-      <c r="E15" s="259"/>
+      <c r="D15" s="253"/>
+      <c r="E15" s="255"/>
+      <c r="F15" s="224"/>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A16" s="217" t="s">
+      <c r="A16" s="226" t="s">
         <v>250</v>
       </c>
-      <c r="B16" s="218" t="s">
+      <c r="B16" s="227" t="s">
         <v>246</v>
       </c>
       <c r="C16" s="170">
         <v>4448942</v>
       </c>
-      <c r="D16" s="223" t="s">
+      <c r="D16" s="228" t="s">
         <v>247</v>
       </c>
       <c r="E16" s="169">
         <f>C16</f>
         <v>4448942</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A17" s="217" t="s">
+      <c r="F16" s="224"/>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A17" s="226" t="s">
         <v>250</v>
       </c>
-      <c r="B17" s="218" t="s">
+      <c r="B17" s="227" t="s">
         <v>252</v>
       </c>
       <c r="C17" s="170">
         <v>7902300</v>
       </c>
-      <c r="D17" s="256">
+      <c r="D17" s="249">
         <v>2021</v>
       </c>
-      <c r="E17" s="262">
+      <c r="E17" s="270">
         <f>SUM(C17:C20)</f>
         <v>31609200</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A18" s="217" t="s">
+      <c r="F17" s="224"/>
+      <c r="G17" s="9"/>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A18" s="226" t="s">
         <v>250</v>
       </c>
-      <c r="B18" s="218" t="s">
+      <c r="B18" s="227" t="s">
         <v>253</v>
       </c>
       <c r="C18" s="170">
         <v>7902300</v>
       </c>
-      <c r="D18" s="260"/>
-[...3 lines deleted...]
-      <c r="A19" s="217" t="s">
+      <c r="D18" s="256"/>
+      <c r="E18" s="270"/>
+      <c r="F18" s="224"/>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A19" s="226" t="s">
         <v>250</v>
       </c>
-      <c r="B19" s="218" t="s">
+      <c r="B19" s="227" t="s">
         <v>254</v>
       </c>
       <c r="C19" s="170">
         <v>7902300</v>
       </c>
-      <c r="D19" s="260"/>
-[...3 lines deleted...]
-      <c r="A20" s="217" t="s">
+      <c r="D19" s="256"/>
+      <c r="E19" s="270"/>
+      <c r="F19" s="224"/>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A20" s="226" t="s">
         <v>250</v>
       </c>
-      <c r="B20" s="219" t="s">
+      <c r="B20" s="230" t="s">
         <v>255</v>
       </c>
-      <c r="C20" s="186">
+      <c r="C20" s="184">
         <v>7902300</v>
       </c>
-      <c r="D20" s="257"/>
-[...3 lines deleted...]
-      <c r="A21" s="217" t="s">
+      <c r="D20" s="253"/>
+      <c r="E20" s="270"/>
+      <c r="F20" s="224"/>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A21" s="226" t="s">
         <v>256</v>
       </c>
-      <c r="B21" s="219" t="s">
+      <c r="B21" s="230" t="s">
         <v>257</v>
       </c>
-      <c r="C21" s="186">
+      <c r="C21" s="184">
         <v>-186832</v>
       </c>
-      <c r="D21" s="245">
+      <c r="D21" s="257">
         <v>2022</v>
       </c>
-      <c r="E21" s="247">
+      <c r="E21" s="267">
         <f>SUM(C21:C25)</f>
         <v>46222340</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A22" s="217" t="s">
+      <c r="F21" s="224"/>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A22" s="226" t="s">
         <v>256</v>
       </c>
-      <c r="B22" s="218" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="186">
+      <c r="B22" s="227" t="s">
+        <v>300</v>
+      </c>
+      <c r="C22" s="184">
         <v>11602293</v>
       </c>
-      <c r="D22" s="245"/>
-[...3 lines deleted...]
-      <c r="A23" s="217" t="s">
+      <c r="D22" s="257"/>
+      <c r="E22" s="267"/>
+      <c r="F22" s="224"/>
+      <c r="G22" s="9"/>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A23" s="226" t="s">
         <v>256</v>
       </c>
-      <c r="B23" s="218" t="s">
+      <c r="B23" s="227" t="s">
         <v>259</v>
       </c>
-      <c r="C23" s="186">
+      <c r="C23" s="184">
         <v>11602293</v>
       </c>
-      <c r="D23" s="245"/>
-[...3 lines deleted...]
-      <c r="A24" s="218" t="s">
+      <c r="D23" s="257"/>
+      <c r="E23" s="267"/>
+      <c r="F23" s="224"/>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A24" s="227" t="s">
         <v>256</v>
       </c>
-      <c r="B24" s="220" t="s">
+      <c r="B24" s="232" t="s">
         <v>260</v>
       </c>
-      <c r="C24" s="186">
+      <c r="C24" s="184">
         <v>11602293</v>
       </c>
-      <c r="D24" s="245"/>
-[...3 lines deleted...]
-      <c r="A25" s="218" t="s">
+      <c r="D24" s="257"/>
+      <c r="E24" s="267"/>
+      <c r="F24" s="224"/>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A25" s="227" t="s">
         <v>256</v>
       </c>
-      <c r="B25" s="221" t="s">
+      <c r="B25" s="233" t="s">
         <v>261</v>
       </c>
-      <c r="C25" s="186">
+      <c r="C25" s="184">
         <v>11602293</v>
       </c>
-      <c r="D25" s="245"/>
-[...9 lines deleted...]
-      <c r="C26" s="186">
+      <c r="D25" s="257"/>
+      <c r="E25" s="267"/>
+      <c r="F25" s="224"/>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A26" s="227" t="s">
+        <v>353</v>
+      </c>
+      <c r="B26" s="233" t="s">
+        <v>309</v>
+      </c>
+      <c r="C26" s="184">
         <v>2909317</v>
       </c>
-      <c r="D26" s="256">
+      <c r="D26" s="249">
         <v>2023</v>
       </c>
-      <c r="E26" s="247">
+      <c r="E26" s="267">
         <f>SUM(C26:C30)</f>
         <v>42666697</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B27" s="220" t="s">
+      <c r="F26" s="225"/>
+    </row>
+    <row r="27" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A27" s="227" t="s">
+        <v>310</v>
+      </c>
+      <c r="B27" s="232" t="s">
+        <v>305</v>
+      </c>
+      <c r="C27" s="184">
+        <v>9939345</v>
+      </c>
+      <c r="D27" s="256"/>
+      <c r="E27" s="267"/>
+      <c r="F27" s="225"/>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A28" s="227" t="s">
+        <v>310</v>
+      </c>
+      <c r="B28" s="232" t="s">
+        <v>306</v>
+      </c>
+      <c r="C28" s="184">
+        <v>9939345</v>
+      </c>
+      <c r="D28" s="256"/>
+      <c r="E28" s="267"/>
+      <c r="F28" s="225"/>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A29" s="227" t="s">
+        <v>310</v>
+      </c>
+      <c r="B29" s="232" t="s">
+        <v>307</v>
+      </c>
+      <c r="C29" s="184">
+        <v>9939345</v>
+      </c>
+      <c r="D29" s="256"/>
+      <c r="E29" s="267"/>
+      <c r="F29" s="225"/>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A30" s="230" t="s">
+        <v>310</v>
+      </c>
+      <c r="B30" s="230" t="s">
         <v>308</v>
       </c>
-      <c r="C27" s="186">
+      <c r="C30" s="195">
         <v>9939345</v>
       </c>
-      <c r="D27" s="260"/>
-[...48 lines deleted...]
-      <c r="C31" s="198">
+      <c r="D30" s="253"/>
+      <c r="E30" s="254"/>
+      <c r="F30" s="225"/>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A31" s="230" t="s">
+        <v>378</v>
+      </c>
+      <c r="B31" s="230" t="s">
+        <v>315</v>
+      </c>
+      <c r="C31" s="195">
         <v>-11592609</v>
       </c>
-      <c r="D31" s="256">
+      <c r="D31" s="249">
         <v>2024</v>
       </c>
-      <c r="E31" s="258">
+      <c r="E31" s="254">
         <f>SUM(C31:C35)</f>
         <v>28164771</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C32" s="198">
+      <c r="F31" s="225"/>
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A32" s="230" t="s">
+        <v>378</v>
+      </c>
+      <c r="B32" s="230" t="s">
+        <v>316</v>
+      </c>
+      <c r="C32" s="195">
         <v>9939345</v>
       </c>
-      <c r="D32" s="260"/>
-[...9 lines deleted...]
-      <c r="C33" s="198">
+      <c r="D32" s="256"/>
+      <c r="E32" s="251"/>
+      <c r="F32" s="225"/>
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A33" s="230" t="s">
+        <v>378</v>
+      </c>
+      <c r="B33" s="230" t="s">
+        <v>317</v>
+      </c>
+      <c r="C33" s="195">
         <v>9939345</v>
       </c>
-      <c r="D33" s="260"/>
-[...9 lines deleted...]
-      <c r="C34" s="198">
+      <c r="D33" s="256"/>
+      <c r="E33" s="251"/>
+      <c r="F33" s="225"/>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A34" s="230" t="s">
+        <v>378</v>
+      </c>
+      <c r="B34" s="230" t="s">
+        <v>342</v>
+      </c>
+      <c r="C34" s="195">
         <v>9939345</v>
       </c>
-      <c r="D34" s="260"/>
-[...9 lines deleted...]
-      <c r="C35" s="198">
+      <c r="D34" s="256"/>
+      <c r="E34" s="251"/>
+      <c r="F34" s="225"/>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A35" s="230" t="s">
+        <v>378</v>
+      </c>
+      <c r="B35" s="230" t="s">
+        <v>343</v>
+      </c>
+      <c r="C35" s="195">
         <v>9939345</v>
       </c>
-      <c r="D35" s="257"/>
-[...3 lines deleted...]
-      <c r="A36" s="218" t="s">
+      <c r="D35" s="253"/>
+      <c r="E35" s="255"/>
+      <c r="F35" s="225"/>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A36" s="227" t="s">
+        <v>379</v>
+      </c>
+      <c r="B36" s="227" t="s">
+        <v>354</v>
+      </c>
+      <c r="C36" s="214">
+        <v>-5131012</v>
+      </c>
+      <c r="D36" s="249">
+        <v>2025</v>
+      </c>
+      <c r="E36" s="274">
+        <f>SUM(C36:C40)</f>
+        <v>34626368</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A37" s="227" t="s">
+        <v>379</v>
+      </c>
+      <c r="B37" s="227" t="s">
+        <v>355</v>
+      </c>
+      <c r="C37" s="214">
+        <v>9939345</v>
+      </c>
+      <c r="D37" s="256"/>
+      <c r="E37" s="275"/>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A38" s="227" t="s">
+        <v>379</v>
+      </c>
+      <c r="B38" s="227" t="s">
+        <v>356</v>
+      </c>
+      <c r="C38" s="214">
+        <v>9939345</v>
+      </c>
+      <c r="D38" s="256"/>
+      <c r="E38" s="275"/>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A39" s="227" t="s">
+        <v>379</v>
+      </c>
+      <c r="B39" s="227" t="s">
         <v>372</v>
       </c>
-      <c r="B36" s="218" t="s">
-[...20 lines deleted...]
-      <c r="C37" s="186">
+      <c r="C39" s="239">
         <v>9939345</v>
       </c>
-      <c r="D37" s="251"/>
-[...9 lines deleted...]
-      <c r="C38" s="208">
+      <c r="D39" s="256"/>
+      <c r="E39" s="275"/>
+    </row>
+    <row r="40" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="234" t="s">
+        <v>379</v>
+      </c>
+      <c r="B40" s="235" t="s">
+        <v>374</v>
+      </c>
+      <c r="C40" s="205">
         <v>9939345</v>
       </c>
-      <c r="D38" s="266"/>
-[...6 lines deleted...]
-      <c r="D39" s="173" t="s">
+      <c r="D40" s="250"/>
+      <c r="E40" s="276"/>
+    </row>
+    <row r="41" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="236"/>
+      <c r="B41" s="237"/>
+      <c r="C41" s="237"/>
+      <c r="D41" s="238" t="s">
         <v>262</v>
       </c>
-      <c r="E39" s="210">
-[...5 lines deleted...]
-      <c r="A40" s="174" t="s">
+      <c r="E41" s="207">
+        <f>SUM(E8:E40)</f>
+        <v>345414478</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A42" s="172" t="s">
         <v>263</v>
       </c>
     </row>
-    <row r="41" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A41" s="174" t="s">
+    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A43" s="172" t="s">
         <v>264</v>
       </c>
     </row>
-    <row r="42" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A42" s="174" t="s">
+    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A44" s="172" t="s">
         <v>265</v>
       </c>
     </row>
-    <row r="44" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A44" s="23" t="s">
+    <row r="45" spans="1:7" ht="27" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="46" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="23" t="s">
         <v>266</v>
       </c>
-      <c r="D44" s="23"/>
-[...5 lines deleted...]
-      <c r="B45" s="43" t="s">
+      <c r="D46" s="23"/>
+      <c r="F46" s="225"/>
+      <c r="G46" s="225"/>
+    </row>
+    <row r="47" spans="1:7" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="43"/>
+      <c r="B47" s="43" t="s">
         <v>237</v>
       </c>
-      <c r="C45" s="43" t="s">
+      <c r="C47" s="43" t="s">
         <v>238</v>
       </c>
-      <c r="D45" s="147" t="s">
+      <c r="D47" s="147" t="s">
         <v>239</v>
       </c>
-      <c r="E45" s="167" t="s">
+      <c r="E47" s="167" t="s">
         <v>240</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B46" s="218" t="s">
+      <c r="F47" s="225"/>
+      <c r="G47" s="225"/>
+    </row>
+    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A48" s="226" t="s">
+        <v>318</v>
+      </c>
+      <c r="B48" s="227" t="s">
         <v>242</v>
       </c>
-      <c r="C46" s="79">
+      <c r="C48" s="79">
         <v>3036945</v>
       </c>
-      <c r="D46" s="218">
+      <c r="D48" s="227">
         <v>2016</v>
-      </c>
-[...34 lines deleted...]
-        <v>2018</v>
       </c>
       <c r="E48" s="168">
         <f>C48</f>
+        <v>3036945</v>
+      </c>
+      <c r="F48" s="225"/>
+      <c r="G48" s="225"/>
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A49" s="226" t="s">
+        <v>319</v>
+      </c>
+      <c r="B49" s="227" t="s">
+        <v>243</v>
+      </c>
+      <c r="C49" s="80">
+        <v>5040055</v>
+      </c>
+      <c r="D49" s="227">
+        <v>2017</v>
+      </c>
+      <c r="E49" s="168">
+        <f>C49</f>
+        <v>5040055</v>
+      </c>
+      <c r="F49" s="225"/>
+      <c r="G49" s="225"/>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A50" s="226" t="s">
+        <v>320</v>
+      </c>
+      <c r="B50" s="227" t="s">
+        <v>244</v>
+      </c>
+      <c r="C50" s="80">
         <v>46000000</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A49" s="217" t="s">
+      <c r="D50" s="227">
+        <v>2018</v>
+      </c>
+      <c r="E50" s="168">
+        <f>C50</f>
+        <v>46000000</v>
+      </c>
+      <c r="F50" s="225"/>
+      <c r="G50" s="225"/>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A51" s="226" t="s">
+        <v>321</v>
+      </c>
+      <c r="B51" s="172" t="s">
+        <v>322</v>
+      </c>
+      <c r="C51" s="80">
+        <v>-6874217</v>
+      </c>
+      <c r="D51" s="249">
+        <v>2019</v>
+      </c>
+      <c r="E51" s="254">
+        <f>SUM(C51:C52)</f>
+        <v>33979418</v>
+      </c>
+      <c r="F51" s="225"/>
+      <c r="G51" s="225"/>
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A52" s="226" t="s">
+        <v>321</v>
+      </c>
+      <c r="B52" s="227" t="s">
+        <v>245</v>
+      </c>
+      <c r="C52" s="80">
+        <v>40853635</v>
+      </c>
+      <c r="D52" s="253"/>
+      <c r="E52" s="255"/>
+      <c r="F52" s="225"/>
+    </row>
+    <row r="53" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A53" s="226" t="s">
+        <v>267</v>
+      </c>
+      <c r="B53" s="227" t="s">
+        <v>246</v>
+      </c>
+      <c r="C53" s="79">
+        <v>50602879</v>
+      </c>
+      <c r="D53" s="228" t="s">
+        <v>247</v>
+      </c>
+      <c r="E53" s="169">
+        <f>C53</f>
+        <v>50602879</v>
+      </c>
+      <c r="F53" s="225"/>
+    </row>
+    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A54" s="226" t="s">
+        <v>267</v>
+      </c>
+      <c r="B54" s="227" t="s">
+        <v>268</v>
+      </c>
+      <c r="C54" s="79">
+        <v>22678768</v>
+      </c>
+      <c r="D54" s="229">
+        <v>2020</v>
+      </c>
+      <c r="E54" s="194">
+        <f>SUM(C54:C54)</f>
+        <v>22678768</v>
+      </c>
+      <c r="F54" s="225"/>
+    </row>
+    <row r="55" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A55" s="173" t="s">
+        <v>314</v>
+      </c>
+      <c r="B55" s="173" t="s">
+        <v>323</v>
+      </c>
+      <c r="C55" s="184">
+        <v>19290585</v>
+      </c>
+      <c r="D55" s="249">
+        <v>2021</v>
+      </c>
+      <c r="E55" s="254">
+        <f>SUM(C55:C56)</f>
+        <v>63966285</v>
+      </c>
+      <c r="F55" s="225"/>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A56" s="227" t="s">
+        <v>314</v>
+      </c>
+      <c r="B56" s="227" t="s">
+        <v>269</v>
+      </c>
+      <c r="C56" s="184">
+        <v>44675700</v>
+      </c>
+      <c r="D56" s="253"/>
+      <c r="E56" s="255"/>
+      <c r="F56" s="225"/>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A57" s="230" t="s">
+        <v>270</v>
+      </c>
+      <c r="B57" s="230" t="s">
+        <v>271</v>
+      </c>
+      <c r="C57" s="184">
+        <v>8291433</v>
+      </c>
+      <c r="D57" s="249">
+        <v>2022</v>
+      </c>
+      <c r="E57" s="254">
+        <f>SUM(C57:C58)</f>
+        <v>73364564</v>
+      </c>
+      <c r="F57" s="225"/>
+    </row>
+    <row r="58" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A58" s="227" t="s">
+        <v>270</v>
+      </c>
+      <c r="B58" s="227" t="s">
+        <v>272</v>
+      </c>
+      <c r="C58" s="184">
+        <v>65073131</v>
+      </c>
+      <c r="D58" s="253"/>
+      <c r="E58" s="255"/>
+      <c r="F58" s="225"/>
+    </row>
+    <row r="59" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A59" s="227" t="s">
+        <v>311</v>
+      </c>
+      <c r="B59" s="227" t="s">
+        <v>312</v>
+      </c>
+      <c r="C59" s="184">
+        <v>46527856</v>
+      </c>
+      <c r="D59" s="249">
+        <v>2023</v>
+      </c>
+      <c r="E59" s="270">
+        <f>SUM(C59:C60)</f>
+        <v>48710716</v>
+      </c>
+      <c r="F59" s="225"/>
+    </row>
+    <row r="60" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A60" s="227" t="s">
+        <v>311</v>
+      </c>
+      <c r="B60" s="227" t="s">
         <v>324</v>
       </c>
-      <c r="B49" s="174" t="s">
+      <c r="C60" s="184">
+        <v>2182860</v>
+      </c>
+      <c r="D60" s="253"/>
+      <c r="E60" s="270"/>
+      <c r="F60" s="225"/>
+    </row>
+    <row r="61" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A61" s="227" t="s">
         <v>325</v>
       </c>
-      <c r="C49" s="80">
-[...2 lines deleted...]
-      <c r="D49" s="256">
+      <c r="B61" s="227" t="s">
+        <v>357</v>
+      </c>
+      <c r="C61" s="184">
+        <v>-18592218</v>
+      </c>
+      <c r="D61" s="249">
+        <v>2024</v>
+      </c>
+      <c r="E61" s="271">
+        <f>SUM(C61:C62)</f>
+        <v>27935638</v>
+      </c>
+      <c r="F61" s="225"/>
+    </row>
+    <row r="62" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A62" s="227" t="s">
+        <v>325</v>
+      </c>
+      <c r="B62" s="227" t="s">
+        <v>326</v>
+      </c>
+      <c r="C62" s="184">
+        <v>46527856</v>
+      </c>
+      <c r="D62" s="253"/>
+      <c r="E62" s="271"/>
+      <c r="F62" s="225"/>
+    </row>
+    <row r="63" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A63" s="227" t="s">
+        <v>358</v>
+      </c>
+      <c r="B63" s="227" t="s">
+        <v>359</v>
+      </c>
+      <c r="C63" s="184">
+        <v>3681000</v>
+      </c>
+      <c r="D63" s="272">
+        <v>2025</v>
+      </c>
+      <c r="E63" s="267">
+        <f>SUM(C63:C64)</f>
+        <v>50209000</v>
+      </c>
+      <c r="F63" s="225"/>
+    </row>
+    <row r="64" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="235" t="s">
+        <v>358</v>
+      </c>
+      <c r="B64" s="235" t="s">
+        <v>360</v>
+      </c>
+      <c r="C64" s="205">
+        <v>46528000</v>
+      </c>
+      <c r="D64" s="273"/>
+      <c r="E64" s="269"/>
+      <c r="F64" s="225"/>
+    </row>
+    <row r="65" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="197"/>
+      <c r="B65" s="190"/>
+      <c r="C65" s="190"/>
+      <c r="D65" s="171" t="s">
+        <v>273</v>
+      </c>
+      <c r="E65" s="207">
+        <f>SUM(E48:E64)</f>
+        <v>425524268</v>
+      </c>
+      <c r="F65" s="225"/>
+    </row>
+    <row r="66" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A66" s="173" t="s">
+        <v>274</v>
+      </c>
+      <c r="F66" s="225"/>
+    </row>
+    <row r="67" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A67" s="172" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A68" s="172" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8" ht="27" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="70" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="23" t="s">
+        <v>277</v>
+      </c>
+      <c r="D70" s="23"/>
+      <c r="F70" s="224"/>
+    </row>
+    <row r="71" spans="1:8" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="43"/>
+      <c r="B71" s="43" t="s">
+        <v>237</v>
+      </c>
+      <c r="C71" s="43" t="s">
+        <v>238</v>
+      </c>
+      <c r="D71" s="147" t="s">
+        <v>239</v>
+      </c>
+      <c r="E71" s="167" t="s">
+        <v>240</v>
+      </c>
+      <c r="F71" s="224"/>
+    </row>
+    <row r="72" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A72" s="226" t="s">
+        <v>278</v>
+      </c>
+      <c r="B72" s="227" t="s">
+        <v>242</v>
+      </c>
+      <c r="C72" s="79">
+        <v>0</v>
+      </c>
+      <c r="D72" s="227">
+        <v>2016</v>
+      </c>
+      <c r="E72" s="168">
+        <f>C72</f>
+        <v>0</v>
+      </c>
+      <c r="F72" s="224"/>
+    </row>
+    <row r="73" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A73" s="226" t="s">
+        <v>278</v>
+      </c>
+      <c r="B73" s="227" t="s">
+        <v>243</v>
+      </c>
+      <c r="C73" s="80">
+        <v>0</v>
+      </c>
+      <c r="D73" s="227">
+        <v>2017</v>
+      </c>
+      <c r="E73" s="168">
+        <f>C73</f>
+        <v>0</v>
+      </c>
+      <c r="F73" s="224"/>
+      <c r="G73" s="9"/>
+      <c r="H73" s="9"/>
+    </row>
+    <row r="74" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A74" s="226" t="s">
+        <v>327</v>
+      </c>
+      <c r="B74" s="227" t="s">
+        <v>244</v>
+      </c>
+      <c r="C74" s="80">
+        <v>10300000</v>
+      </c>
+      <c r="D74" s="227">
+        <v>2018</v>
+      </c>
+      <c r="E74" s="168">
+        <f>C74</f>
+        <v>10300000</v>
+      </c>
+      <c r="F74" s="224"/>
+    </row>
+    <row r="75" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A75" s="226" t="s">
+        <v>328</v>
+      </c>
+      <c r="B75" s="227" t="s">
+        <v>245</v>
+      </c>
+      <c r="C75" s="79">
+        <v>10115640</v>
+      </c>
+      <c r="D75" s="227">
         <v>2019</v>
       </c>
-      <c r="E49" s="258">
-[...21 lines deleted...]
-      <c r="B51" s="218" t="s">
+      <c r="E75" s="168">
+        <f>C75</f>
+        <v>10115640</v>
+      </c>
+      <c r="F75" s="224"/>
+      <c r="G75" s="9"/>
+    </row>
+    <row r="76" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A76" s="226" t="s">
+        <v>278</v>
+      </c>
+      <c r="B76" s="227" t="s">
         <v>246</v>
       </c>
-      <c r="C51" s="79">
-[...2 lines deleted...]
-      <c r="D51" s="223" t="s">
+      <c r="C76" s="79">
+        <v>12604205</v>
+      </c>
+      <c r="D76" s="228" t="s">
         <v>247</v>
       </c>
-      <c r="E51" s="169">
-[...8 lines deleted...]
-      <c r="B52" s="218" t="s">
+      <c r="E76" s="169">
+        <f>C76</f>
+        <v>12604205</v>
+      </c>
+      <c r="F76" s="224"/>
+    </row>
+    <row r="77" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A77" s="226" t="s">
+        <v>278</v>
+      </c>
+      <c r="B77" s="227" t="s">
         <v>268</v>
       </c>
-      <c r="C52" s="79">
-[...2 lines deleted...]
-      <c r="D52" s="224">
+      <c r="C77" s="79">
+        <v>5618639</v>
+      </c>
+      <c r="D77" s="249">
         <v>2020</v>
       </c>
-      <c r="E52" s="196">
-[...14 lines deleted...]
-      <c r="D53" s="256">
+      <c r="E77" s="254">
+        <f>SUM(C77:C78)</f>
+        <v>11438841</v>
+      </c>
+      <c r="F77" s="224"/>
+      <c r="G77" s="9"/>
+    </row>
+    <row r="78" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A78" s="226" t="s">
+        <v>279</v>
+      </c>
+      <c r="B78" s="227" t="s">
+        <v>251</v>
+      </c>
+      <c r="C78" s="170">
+        <v>5820202</v>
+      </c>
+      <c r="D78" s="253"/>
+      <c r="E78" s="255"/>
+      <c r="F78" s="224"/>
+    </row>
+    <row r="79" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A79" s="240" t="s">
+        <v>279</v>
+      </c>
+      <c r="B79" s="227" t="s">
+        <v>280</v>
+      </c>
+      <c r="C79" s="184">
+        <v>100486</v>
+      </c>
+      <c r="D79" s="257">
         <v>2021</v>
       </c>
-      <c r="E53" s="258">
-[...8 lines deleted...]
-      <c r="B54" s="218" t="s">
+      <c r="E79" s="267">
+        <f>SUM(C79:C81)</f>
+        <v>10923507</v>
+      </c>
+      <c r="F79" s="224"/>
+    </row>
+    <row r="80" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A80" s="227" t="s">
+        <v>279</v>
+      </c>
+      <c r="B80" s="227" t="s">
+        <v>281</v>
+      </c>
+      <c r="C80" s="184">
+        <v>-760623</v>
+      </c>
+      <c r="D80" s="257"/>
+      <c r="E80" s="267"/>
+      <c r="F80" s="224"/>
+    </row>
+    <row r="81" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A81" s="227" t="s">
+        <v>279</v>
+      </c>
+      <c r="B81" s="227" t="s">
         <v>269</v>
       </c>
-      <c r="C54" s="186">
-[...15 lines deleted...]
-      <c r="D55" s="256">
+      <c r="C81" s="184">
+        <v>11583644</v>
+      </c>
+      <c r="D81" s="257"/>
+      <c r="E81" s="267"/>
+      <c r="F81" s="224"/>
+    </row>
+    <row r="82" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A82" s="227" t="s">
+        <v>282</v>
+      </c>
+      <c r="B82" s="227" t="s">
+        <v>329</v>
+      </c>
+      <c r="C82" s="184">
+        <v>-209026</v>
+      </c>
+      <c r="D82" s="257">
         <v>2022</v>
       </c>
-      <c r="E55" s="258">
-[...8 lines deleted...]
-      <c r="B56" s="218" t="s">
+      <c r="E82" s="267">
+        <f>SUM(C82:C83)</f>
+        <v>20583076</v>
+      </c>
+      <c r="F82" s="224"/>
+    </row>
+    <row r="83" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A83" s="227" t="s">
+        <v>282</v>
+      </c>
+      <c r="B83" s="227" t="s">
         <v>272</v>
       </c>
-      <c r="C56" s="186">
-[...338 lines deleted...]
-      <c r="C81" s="186">
+      <c r="C83" s="184">
         <f>19440352+1351750</f>
         <v>20792102</v>
       </c>
-      <c r="D81" s="245">
+      <c r="D83" s="257">
         <v>2022</v>
       </c>
-      <c r="E81" s="247"/>
-[...8 lines deleted...]
-      <c r="C82" s="186">
+      <c r="E83" s="267"/>
+      <c r="F83" s="224"/>
+    </row>
+    <row r="84" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A84" s="227" t="s">
+        <v>313</v>
+      </c>
+      <c r="B84" s="227" t="s">
+        <v>309</v>
+      </c>
+      <c r="C84" s="184">
         <v>2933967</v>
       </c>
-      <c r="D82" s="245">
+      <c r="D84" s="257">
         <v>2023</v>
-      </c>
-[...29 lines deleted...]
-        <v>2024</v>
       </c>
       <c r="E84" s="267">
         <f>SUM(C84:C85)</f>
+        <v>14949939</v>
+      </c>
+      <c r="G84" s="9"/>
+    </row>
+    <row r="85" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A85" s="227" t="s">
+        <v>313</v>
+      </c>
+      <c r="B85" s="227" t="s">
+        <v>312</v>
+      </c>
+      <c r="C85" s="195">
+        <v>12015972</v>
+      </c>
+      <c r="D85" s="249"/>
+      <c r="E85" s="267"/>
+    </row>
+    <row r="86" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A86" s="227" t="s">
+        <v>361</v>
+      </c>
+      <c r="B86" s="227" t="s">
+        <v>362</v>
+      </c>
+      <c r="C86" s="214">
+        <v>-7242206</v>
+      </c>
+      <c r="D86" s="257">
+        <v>2024</v>
+      </c>
+      <c r="E86" s="268">
+        <f>SUM(C86:C87)</f>
         <v>4773766</v>
       </c>
     </row>
-    <row r="85" spans="1:5" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C85" s="229">
+    <row r="87" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A87" s="230" t="s">
+        <v>344</v>
+      </c>
+      <c r="B87" s="230" t="s">
+        <v>326</v>
+      </c>
+      <c r="C87" s="215">
         <v>12015972</v>
       </c>
-      <c r="D85" s="245"/>
-[...6 lines deleted...]
-      <c r="B86" s="218" t="s">
+      <c r="D87" s="257"/>
+      <c r="E87" s="268"/>
+    </row>
+    <row r="88" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A88" s="227" t="s">
+        <v>361</v>
+      </c>
+      <c r="B88" s="227" t="s">
+        <v>354</v>
+      </c>
+      <c r="C88" s="214">
+        <v>1614663</v>
+      </c>
+      <c r="D88" s="257">
+        <v>2025</v>
+      </c>
+      <c r="E88" s="267">
+        <f>SUM(C88:C89)</f>
+        <v>13630635</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A89" s="235" t="s">
+        <v>361</v>
+      </c>
+      <c r="B89" s="235" t="s">
         <v>360</v>
       </c>
-      <c r="C86" s="228">
-[...17 lines deleted...]
-      <c r="C87" s="230">
+      <c r="C89" s="216">
         <v>12015972</v>
       </c>
-      <c r="D87" s="246"/>
-[...6 lines deleted...]
-      <c r="D88" s="207" t="s">
+      <c r="D89" s="265"/>
+      <c r="E89" s="269"/>
+    </row>
+    <row r="90" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="197"/>
+      <c r="B90" s="190"/>
+      <c r="C90" s="190"/>
+      <c r="D90" s="204" t="s">
         <v>283</v>
       </c>
-      <c r="E88" s="210">
-        <f>SUM(E70:E87)</f>
+      <c r="E90" s="207">
+        <f>SUM(E72:E89)</f>
         <v>109319609</v>
       </c>
     </row>
-    <row r="89" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A89" s="175" t="s">
+    <row r="91" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A91" s="173" t="s">
         <v>284</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A90" s="174" t="s">
+      <c r="F91" s="224"/>
+    </row>
+    <row r="92" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A92" s="172" t="s">
         <v>285</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A91" s="174" t="s">
+      <c r="F92" s="224"/>
+    </row>
+    <row r="93" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A93" s="172" t="s">
         <v>286</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A93" s="23" t="s">
+      <c r="F93" s="224"/>
+    </row>
+    <row r="94" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A94" s="172" t="s">
+        <v>373</v>
+      </c>
+      <c r="F94" s="224"/>
+    </row>
+    <row r="95" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="F95" s="224"/>
+    </row>
+    <row r="96" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="23" t="s">
+        <v>375</v>
+      </c>
+      <c r="D96" s="23"/>
+      <c r="F96" s="224"/>
+    </row>
+    <row r="97" spans="1:6" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="43"/>
+      <c r="B97" s="43" t="s">
+        <v>237</v>
+      </c>
+      <c r="C97" s="43" t="s">
+        <v>238</v>
+      </c>
+      <c r="D97" s="147" t="s">
         <v>287</v>
       </c>
-      <c r="D93" s="23"/>
-[...11 lines deleted...]
-      <c r="D94" s="147" t="s">
+      <c r="E97" s="167" t="s">
+        <v>240</v>
+      </c>
+      <c r="F97" s="224"/>
+    </row>
+    <row r="98" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A98" s="226" t="s">
         <v>288</v>
       </c>
-      <c r="E94" s="167" t="s">
-[...7 lines deleted...]
-      <c r="B95" s="218" t="s">
+      <c r="B98" s="227" t="s">
         <v>242</v>
       </c>
-      <c r="C95" s="79">
+      <c r="C98" s="79">
         <v>469381</v>
       </c>
-      <c r="D95" s="218">
+      <c r="D98" s="227">
         <v>2016</v>
-      </c>
-[...52 lines deleted...]
-        <v>2019</v>
       </c>
       <c r="E98" s="168">
         <f>C98</f>
+        <v>469381</v>
+      </c>
+      <c r="F98" s="224"/>
+    </row>
+    <row r="99" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A99" s="226" t="s">
+        <v>288</v>
+      </c>
+      <c r="B99" s="227" t="s">
+        <v>243</v>
+      </c>
+      <c r="C99" s="80">
+        <v>1068101</v>
+      </c>
+      <c r="D99" s="227">
+        <v>2017</v>
+      </c>
+      <c r="E99" s="168">
+        <f>C99</f>
+        <v>1068101</v>
+      </c>
+      <c r="F99" s="224"/>
+    </row>
+    <row r="100" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A100" s="226" t="s">
+        <v>288</v>
+      </c>
+      <c r="B100" s="227" t="s">
+        <v>244</v>
+      </c>
+      <c r="C100" s="80">
+        <v>1121680</v>
+      </c>
+      <c r="D100" s="227">
+        <v>2018</v>
+      </c>
+      <c r="E100" s="168">
+        <f>C100</f>
+        <v>1121680</v>
+      </c>
+      <c r="F100" s="224"/>
+    </row>
+    <row r="101" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A101" s="226" t="s">
+        <v>288</v>
+      </c>
+      <c r="B101" s="227" t="s">
+        <v>245</v>
+      </c>
+      <c r="C101" s="79">
         <v>1278364</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A99" s="217" t="s">
+      <c r="D101" s="227">
+        <v>2019</v>
+      </c>
+      <c r="E101" s="168">
+        <f>C101</f>
+        <v>1278364</v>
+      </c>
+      <c r="F101" s="224"/>
+    </row>
+    <row r="102" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A102" s="226" t="s">
+        <v>288</v>
+      </c>
+      <c r="B102" s="227" t="s">
+        <v>246</v>
+      </c>
+      <c r="C102" s="79">
+        <v>0</v>
+      </c>
+      <c r="D102" s="228" t="s">
+        <v>247</v>
+      </c>
+      <c r="E102" s="169">
+        <f>C102</f>
+        <v>0</v>
+      </c>
+      <c r="F102" s="224"/>
+    </row>
+    <row r="103" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A103" s="226" t="s">
+        <v>288</v>
+      </c>
+      <c r="B103" s="227" t="s">
+        <v>268</v>
+      </c>
+      <c r="C103" s="79">
+        <v>607264</v>
+      </c>
+      <c r="D103" s="249">
+        <v>2020</v>
+      </c>
+      <c r="E103" s="254">
+        <f>SUM(C103:C104)</f>
+        <v>1308215</v>
+      </c>
+      <c r="F103" s="224"/>
+    </row>
+    <row r="104" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A104" s="226" t="s">
         <v>289</v>
       </c>
-      <c r="B99" s="218" t="s">
+      <c r="B104" s="227" t="s">
+        <v>251</v>
+      </c>
+      <c r="C104" s="170">
+        <v>700951</v>
+      </c>
+      <c r="D104" s="253"/>
+      <c r="E104" s="255"/>
+      <c r="F104" s="224"/>
+    </row>
+    <row r="105" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A105" s="226" t="s">
+        <v>289</v>
+      </c>
+      <c r="B105" s="227" t="s">
+        <v>252</v>
+      </c>
+      <c r="C105" s="184">
+        <v>244604</v>
+      </c>
+      <c r="D105" s="257">
+        <v>2021</v>
+      </c>
+      <c r="E105" s="267">
+        <f>SUM(C105:C108)</f>
+        <v>1211480</v>
+      </c>
+      <c r="F105" s="224"/>
+    </row>
+    <row r="106" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A106" s="226" t="s">
+        <v>289</v>
+      </c>
+      <c r="B106" s="227" t="s">
+        <v>253</v>
+      </c>
+      <c r="C106" s="184">
+        <v>258346</v>
+      </c>
+      <c r="D106" s="257"/>
+      <c r="E106" s="267"/>
+      <c r="F106" s="224"/>
+    </row>
+    <row r="107" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A107" s="226" t="s">
+        <v>289</v>
+      </c>
+      <c r="B107" s="227" t="s">
+        <v>254</v>
+      </c>
+      <c r="C107" s="184">
+        <v>320184</v>
+      </c>
+      <c r="D107" s="257"/>
+      <c r="E107" s="267"/>
+      <c r="F107" s="224"/>
+    </row>
+    <row r="108" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A108" s="227" t="s">
+        <v>289</v>
+      </c>
+      <c r="B108" s="230" t="s">
+        <v>255</v>
+      </c>
+      <c r="C108" s="184">
+        <v>388346</v>
+      </c>
+      <c r="D108" s="257"/>
+      <c r="E108" s="267"/>
+      <c r="F108" s="224"/>
+    </row>
+    <row r="109" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A109" s="227" t="s">
+        <v>304</v>
+      </c>
+      <c r="B109" s="227" t="s">
+        <v>309</v>
+      </c>
+      <c r="C109" s="184">
+        <v>124644</v>
+      </c>
+      <c r="D109" s="249">
+        <v>2022</v>
+      </c>
+      <c r="E109" s="254">
+        <f>SUM(C109:C113)</f>
+        <v>1680958</v>
+      </c>
+      <c r="F109" s="224"/>
+    </row>
+    <row r="110" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A110" s="227" t="s">
+        <v>290</v>
+      </c>
+      <c r="B110" s="227" t="s">
+        <v>258</v>
+      </c>
+      <c r="C110" s="184">
+        <v>398652</v>
+      </c>
+      <c r="D110" s="256"/>
+      <c r="E110" s="251"/>
+      <c r="F110" s="224"/>
+    </row>
+    <row r="111" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A111" s="227" t="s">
+        <v>290</v>
+      </c>
+      <c r="B111" s="227" t="s">
+        <v>259</v>
+      </c>
+      <c r="C111" s="184">
+        <v>421902</v>
+      </c>
+      <c r="D111" s="256"/>
+      <c r="E111" s="251"/>
+      <c r="F111" s="224"/>
+    </row>
+    <row r="112" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A112" s="227" t="s">
+        <v>290</v>
+      </c>
+      <c r="B112" s="230" t="s">
+        <v>260</v>
+      </c>
+      <c r="C112" s="184">
+        <v>369249</v>
+      </c>
+      <c r="D112" s="256"/>
+      <c r="E112" s="251"/>
+      <c r="F112" s="224"/>
+    </row>
+    <row r="113" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A113" s="227" t="s">
+        <v>290</v>
+      </c>
+      <c r="B113" s="227" t="s">
+        <v>261</v>
+      </c>
+      <c r="C113" s="184">
+        <v>366511</v>
+      </c>
+      <c r="D113" s="253"/>
+      <c r="E113" s="255"/>
+      <c r="F113" s="224"/>
+    </row>
+    <row r="114" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A114" s="227" t="s">
+        <v>304</v>
+      </c>
+      <c r="B114" s="227" t="s">
+        <v>305</v>
+      </c>
+      <c r="C114" s="184">
+        <v>376267</v>
+      </c>
+      <c r="D114" s="257">
+        <v>2023</v>
+      </c>
+      <c r="E114" s="258">
+        <f>SUM(C114:C117)</f>
+        <v>1784879</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A115" s="227" t="s">
+        <v>304</v>
+      </c>
+      <c r="B115" s="227" t="s">
+        <v>306</v>
+      </c>
+      <c r="C115" s="184">
+        <v>409773</v>
+      </c>
+      <c r="D115" s="257"/>
+      <c r="E115" s="258"/>
+    </row>
+    <row r="116" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A116" s="227" t="s">
+        <v>304</v>
+      </c>
+      <c r="B116" s="227" t="s">
+        <v>307</v>
+      </c>
+      <c r="C116" s="184">
+        <v>475570</v>
+      </c>
+      <c r="D116" s="257"/>
+      <c r="E116" s="258"/>
+    </row>
+    <row r="117" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A117" s="230" t="s">
+        <v>304</v>
+      </c>
+      <c r="B117" s="230" t="s">
+        <v>308</v>
+      </c>
+      <c r="C117" s="195">
+        <v>523269</v>
+      </c>
+      <c r="D117" s="257"/>
+      <c r="E117" s="258"/>
+    </row>
+    <row r="118" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A118" s="227" t="s">
+        <v>345</v>
+      </c>
+      <c r="B118" s="227" t="s">
+        <v>316</v>
+      </c>
+      <c r="C118" s="184">
+        <v>548538</v>
+      </c>
+      <c r="D118" s="259">
+        <v>2024</v>
+      </c>
+      <c r="E118" s="262">
+        <f>SUM(C118:C121)</f>
+        <v>1851192</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A119" s="227" t="s">
+        <v>345</v>
+      </c>
+      <c r="B119" s="227" t="s">
+        <v>317</v>
+      </c>
+      <c r="C119" s="184">
+        <v>486276</v>
+      </c>
+      <c r="D119" s="260"/>
+      <c r="E119" s="263"/>
+    </row>
+    <row r="120" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A120" s="227" t="s">
+        <v>345</v>
+      </c>
+      <c r="B120" s="227" t="s">
+        <v>342</v>
+      </c>
+      <c r="C120" s="195">
+        <v>397218</v>
+      </c>
+      <c r="D120" s="260"/>
+      <c r="E120" s="263"/>
+    </row>
+    <row r="121" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A121" s="226" t="s">
+        <v>345</v>
+      </c>
+      <c r="B121" s="226" t="s">
+        <v>343</v>
+      </c>
+      <c r="C121" s="184">
+        <v>419160</v>
+      </c>
+      <c r="D121" s="261"/>
+      <c r="E121" s="264"/>
+    </row>
+    <row r="122" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A122" s="227" t="s">
+        <v>363</v>
+      </c>
+      <c r="B122" s="227" t="s">
+        <v>355</v>
+      </c>
+      <c r="C122" s="184">
+        <v>380469</v>
+      </c>
+      <c r="D122" s="257">
+        <v>2025</v>
+      </c>
+      <c r="E122" s="258">
+        <f>SUM(C122:C124)</f>
+        <v>1090586</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A123" s="241" t="s">
+        <v>363</v>
+      </c>
+      <c r="B123" s="227" t="s">
+        <v>356</v>
+      </c>
+      <c r="C123" s="184">
+        <v>336274</v>
+      </c>
+      <c r="D123" s="257"/>
+      <c r="E123" s="258"/>
+    </row>
+    <row r="124" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A124" s="242" t="s">
+        <v>363</v>
+      </c>
+      <c r="B124" s="234" t="s">
+        <v>372</v>
+      </c>
+      <c r="C124" s="205">
+        <v>373843</v>
+      </c>
+      <c r="D124" s="265"/>
+      <c r="E124" s="266"/>
+    </row>
+    <row r="125" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A125" s="197"/>
+      <c r="B125" s="190"/>
+      <c r="C125" s="190"/>
+      <c r="D125" s="204" t="s">
+        <v>371</v>
+      </c>
+      <c r="E125" s="207">
+        <f>SUM(E98:E124)</f>
+        <v>12864836</v>
+      </c>
+      <c r="F125" s="223"/>
+    </row>
+    <row r="126" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A126" s="173" t="s">
+        <v>291</v>
+      </c>
+      <c r="C126" s="174"/>
+      <c r="D126" s="175"/>
+      <c r="E126" s="174"/>
+    </row>
+    <row r="127" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A127" s="173" t="s">
+        <v>370</v>
+      </c>
+      <c r="C127" s="174"/>
+      <c r="D127" s="175"/>
+      <c r="E127" s="174"/>
+    </row>
+    <row r="128" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A128" s="172" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="130" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A130" s="23" t="s">
+        <v>293</v>
+      </c>
+      <c r="D130" s="23"/>
+    </row>
+    <row r="131" spans="1:5" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A131" s="43"/>
+      <c r="B131" s="43" t="s">
+        <v>237</v>
+      </c>
+      <c r="C131" s="43" t="s">
+        <v>238</v>
+      </c>
+      <c r="D131" s="147" t="s">
+        <v>287</v>
+      </c>
+      <c r="E131" s="167" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A132" s="226" t="s">
+        <v>330</v>
+      </c>
+      <c r="B132" s="227" t="s">
+        <v>242</v>
+      </c>
+      <c r="C132" s="79">
+        <v>147156</v>
+      </c>
+      <c r="D132" s="227">
+        <v>2016</v>
+      </c>
+      <c r="E132" s="168">
+        <f>C132</f>
+        <v>147156</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A133" s="227" t="s">
+        <v>330</v>
+      </c>
+      <c r="B133" s="227" t="s">
+        <v>243</v>
+      </c>
+      <c r="C133" s="80">
+        <v>287032</v>
+      </c>
+      <c r="D133" s="227">
+        <v>2017</v>
+      </c>
+      <c r="E133" s="168">
+        <f>C133</f>
+        <v>287032</v>
+      </c>
+    </row>
+    <row r="134" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A134" s="227" t="s">
+        <v>330</v>
+      </c>
+      <c r="B134" s="227" t="s">
+        <v>244</v>
+      </c>
+      <c r="C134" s="80">
+        <v>349673</v>
+      </c>
+      <c r="D134" s="227">
+        <v>2018</v>
+      </c>
+      <c r="E134" s="168">
+        <f>C134</f>
+        <v>349673</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A135" s="226" t="s">
+        <v>295</v>
+      </c>
+      <c r="B135" s="227" t="s">
+        <v>245</v>
+      </c>
+      <c r="C135" s="79">
+        <v>466130</v>
+      </c>
+      <c r="D135" s="227">
+        <v>2019</v>
+      </c>
+      <c r="E135" s="168">
+        <f>C135</f>
+        <v>466130</v>
+      </c>
+    </row>
+    <row r="136" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A136" s="226" t="s">
+        <v>295</v>
+      </c>
+      <c r="B136" s="227" t="s">
         <v>246</v>
       </c>
-      <c r="C99" s="79">
-[...2 lines deleted...]
-      <c r="D99" s="223" t="s">
+      <c r="C136" s="79">
+        <v>0</v>
+      </c>
+      <c r="D136" s="228" t="s">
         <v>247</v>
       </c>
-      <c r="E99" s="169">
-[...8 lines deleted...]
-      <c r="B100" s="218" t="s">
+      <c r="E136" s="169">
+        <f>C136</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="137" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A137" s="226" t="s">
+        <v>295</v>
+      </c>
+      <c r="B137" s="227" t="s">
         <v>268</v>
       </c>
-      <c r="C100" s="79">
-[...2 lines deleted...]
-      <c r="D100" s="256">
+      <c r="C137" s="79">
+        <v>164842</v>
+      </c>
+      <c r="D137" s="249">
         <v>2020</v>
       </c>
-      <c r="E100" s="258">
-[...8 lines deleted...]
-      <c r="B101" s="218" t="s">
+      <c r="E137" s="254">
+        <f>SUM(C137:C138)</f>
+        <v>362585</v>
+      </c>
+    </row>
+    <row r="138" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A138" s="226" t="s">
+        <v>295</v>
+      </c>
+      <c r="B138" s="227" t="s">
         <v>251</v>
       </c>
-      <c r="C101" s="170">
-[...15 lines deleted...]
-      <c r="D102" s="245">
+      <c r="C138" s="170">
+        <v>197743</v>
+      </c>
+      <c r="D138" s="253"/>
+      <c r="E138" s="255"/>
+    </row>
+    <row r="139" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A139" s="226" t="s">
+        <v>296</v>
+      </c>
+      <c r="B139" s="227" t="s">
+        <v>269</v>
+      </c>
+      <c r="C139" s="184">
+        <v>333475</v>
+      </c>
+      <c r="D139" s="231">
         <v>2021</v>
       </c>
-      <c r="E102" s="247">
-[...47 lines deleted...]
-      <c r="B106" s="218" t="s">
+      <c r="E139" s="189">
+        <f>C139</f>
+        <v>333475</v>
+      </c>
+    </row>
+    <row r="140" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A140" s="227" t="s">
+        <v>301</v>
+      </c>
+      <c r="B140" s="230" t="s">
+        <v>331</v>
+      </c>
+      <c r="C140" s="195">
+        <v>9079</v>
+      </c>
+      <c r="D140" s="249">
+        <v>2022</v>
+      </c>
+      <c r="E140" s="254">
+        <f>SUM(C140:C141)</f>
+        <v>446231</v>
+      </c>
+    </row>
+    <row r="141" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A141" s="227" t="s">
+        <v>301</v>
+      </c>
+      <c r="B141" s="230" t="s">
+        <v>272</v>
+      </c>
+      <c r="C141" s="195">
+        <v>437152</v>
+      </c>
+      <c r="D141" s="253"/>
+      <c r="E141" s="255"/>
+    </row>
+    <row r="142" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A142" s="227" t="s">
+        <v>332</v>
+      </c>
+      <c r="B142" s="230" t="s">
+        <v>333</v>
+      </c>
+      <c r="C142" s="195">
+        <v>-67560</v>
+      </c>
+      <c r="D142" s="249">
+        <v>2023</v>
+      </c>
+      <c r="E142" s="254">
+        <f>SUM(C142:C143)</f>
+        <v>332411</v>
+      </c>
+    </row>
+    <row r="143" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A143" s="230" t="s">
+        <v>332</v>
+      </c>
+      <c r="B143" s="230" t="s">
         <v>312</v>
       </c>
-      <c r="C106" s="186">
-[...129 lines deleted...]
-      <c r="D115" s="250">
+      <c r="C143" s="195">
+        <v>399971</v>
+      </c>
+      <c r="D143" s="256"/>
+      <c r="E143" s="255"/>
+    </row>
+    <row r="144" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A144" s="230" t="s">
+        <v>368</v>
+      </c>
+      <c r="B144" s="230" t="s">
+        <v>369</v>
+      </c>
+      <c r="C144" s="195">
+        <v>288078</v>
+      </c>
+      <c r="D144" s="249">
         <v>2024</v>
       </c>
-      <c r="E115" s="253">
-[...113 lines deleted...]
-      <c r="E126" s="167" t="s">
+      <c r="E144" s="251">
+        <f>SUM(C144:C145)</f>
+        <v>631336</v>
+      </c>
+    </row>
+    <row r="145" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A145" s="235" t="s">
+        <v>368</v>
+      </c>
+      <c r="B145" s="235" t="s">
+        <v>326</v>
+      </c>
+      <c r="C145" s="205">
+        <v>343258</v>
+      </c>
+      <c r="D145" s="250"/>
+      <c r="E145" s="252"/>
+    </row>
+    <row r="146" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A146" s="197"/>
+      <c r="B146" s="190"/>
+      <c r="C146" s="190"/>
+      <c r="D146" s="204" t="s">
+        <v>367</v>
+      </c>
+      <c r="E146" s="207">
+        <f>SUM(E132:E145)</f>
+        <v>3356029</v>
+      </c>
+    </row>
+    <row r="147" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A147" s="173" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="127" spans="1:5" x14ac:dyDescent="0.25">
-[...54 lines deleted...]
-      <c r="A130" s="217" t="s">
+    <row r="148" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A148" s="172" t="s">
         <v>298</v>
       </c>
-      <c r="B130" s="218" t="s">
-[...63 lines deleted...]
-      <c r="A134" s="217" t="s">
+    </row>
+    <row r="149" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A149" s="172" t="s">
         <v>299</v>
       </c>
-      <c r="B134" s="218" t="s">
-[...105 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="XFu0PFhrgncWltWkPSwn9aNNWIHZr0pQwWZ59ASHnL6JyWFPnyiQXbxK5zPdCjIojsNZ5hwnNsnIARKzOyx/jA==" saltValue="aZ8UBbbl1vkG8ETSNwlvIQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-[...16 lines deleted...]
-    <mergeCell ref="E55:E56"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="KOXR8TGHHHbOye3CreYMAzGRotGkRJWLXAyQN3OkoNbJ2Ylq7lReqzex2MFEQvuo841Ruoyh9ul/j8I7JlaroQ==" saltValue="NLwSf7b+gFrMa/3ceHOdjA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="56">
     <mergeCell ref="D13:D15"/>
     <mergeCell ref="E13:E15"/>
     <mergeCell ref="D17:D20"/>
     <mergeCell ref="E17:E20"/>
     <mergeCell ref="D21:D25"/>
     <mergeCell ref="E21:E25"/>
     <mergeCell ref="D26:D30"/>
     <mergeCell ref="E26:E30"/>
     <mergeCell ref="D31:D35"/>
     <mergeCell ref="E31:E35"/>
-    <mergeCell ref="D36:D38"/>
-    <mergeCell ref="E36:E38"/>
+    <mergeCell ref="D36:D40"/>
+    <mergeCell ref="E36:E40"/>
+    <mergeCell ref="D51:D52"/>
+    <mergeCell ref="E51:E52"/>
+    <mergeCell ref="D55:D56"/>
+    <mergeCell ref="E55:E56"/>
     <mergeCell ref="D57:D58"/>
     <mergeCell ref="E57:E58"/>
     <mergeCell ref="D59:D60"/>
     <mergeCell ref="E59:E60"/>
     <mergeCell ref="D61:D62"/>
     <mergeCell ref="E61:E62"/>
-    <mergeCell ref="D75:D76"/>
-[...4 lines deleted...]
-    <mergeCell ref="E80:E81"/>
+    <mergeCell ref="D63:D64"/>
+    <mergeCell ref="E63:E64"/>
+    <mergeCell ref="D77:D78"/>
+    <mergeCell ref="E77:E78"/>
+    <mergeCell ref="D79:D81"/>
+    <mergeCell ref="E79:E81"/>
+    <mergeCell ref="D82:D83"/>
+    <mergeCell ref="E82:E83"/>
+    <mergeCell ref="D84:D85"/>
+    <mergeCell ref="E84:E85"/>
     <mergeCell ref="D86:D87"/>
     <mergeCell ref="E86:E87"/>
-    <mergeCell ref="D111:D114"/>
-[...8 lines deleted...]
-    <mergeCell ref="E106:E110"/>
+    <mergeCell ref="D88:D89"/>
+    <mergeCell ref="E88:E89"/>
+    <mergeCell ref="D103:D104"/>
+    <mergeCell ref="E103:E104"/>
+    <mergeCell ref="D105:D108"/>
+    <mergeCell ref="E105:E108"/>
+    <mergeCell ref="D109:D113"/>
+    <mergeCell ref="E109:E113"/>
+    <mergeCell ref="D114:D117"/>
+    <mergeCell ref="E114:E117"/>
+    <mergeCell ref="D118:D121"/>
+    <mergeCell ref="E118:E121"/>
+    <mergeCell ref="D122:D124"/>
+    <mergeCell ref="E122:E124"/>
+    <mergeCell ref="D144:D145"/>
+    <mergeCell ref="E144:E145"/>
+    <mergeCell ref="D137:D138"/>
+    <mergeCell ref="E137:E138"/>
+    <mergeCell ref="D140:D141"/>
+    <mergeCell ref="E140:E141"/>
+    <mergeCell ref="D142:D143"/>
+    <mergeCell ref="E142:E143"/>
   </mergeCells>
-  <phoneticPr fontId="28" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>