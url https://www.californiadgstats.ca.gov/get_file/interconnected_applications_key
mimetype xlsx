--- v0 (2026-02-16)
+++ v1 (2026-03-11)
@@ -1,86 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29530"/>
   <workbookPr autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\SaraWood\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3D8BDD3E-F3F8-46CB-9523-471ACB32DA5F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A7709E9A-DA8D-4BE9-BC91-25E5DD6433C0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-24120" yWindow="1185" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Application Data Set Key" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="197" uniqueCount="195">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="199" uniqueCount="199">
   <si>
     <t>Column</t>
   </si>
   <si>
     <t>Field</t>
   </si>
   <si>
     <t>Definition</t>
   </si>
   <si>
     <t xml:space="preserve">Additional Details </t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>Application Id</t>
   </si>
   <si>
     <t>Unique identifier for each interconnection request (application)</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
@@ -850,53 +850,50 @@
 Free-form entry for the battery fields may lead to cases where the Battery Model and Manufacturer are different. However, SCE is aware of this issue and plan to create selectable fields for batteries in the future.
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">SDG&amp;E
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>The user is only allowed to select values from a drop-down menu that is a combination of CEC equipment and SDGE-approved equipment. If a system is not found in the drop-down list, it is referred to the SDGE Engineering staff for approval. Once approved, it is added to the drop-down list.</t>
     </r>
   </si>
   <si>
-    <t>The values may be a mix of Standard Test Condition (STC) and PVUSA Test Condition (PTC), depending on the utility.</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>SDG&amp;E</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 SDGE only reports one technology type per application. For example, a property with two batteries and eight solar panels will receive two interconnection applications, one for the batteries and another for the solar panels. When a customer upgrades an existing system, a new application will be added to the premise. Additionally, if a customer installs an additional battery, a separate application is added for that as well. 
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
@@ -1003,184 +1000,51 @@
       <t>Unknown</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 SDG&amp;E</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 The contractor's contact details (Name, Phone, Address) are auto populated with the information they used to register the account. Installers have individual login accounts. Each account has a name, company name, phone number, email. An individual account (registered user) can submit an application under a different company’s CSLB #.</t>
     </r>
   </si>
   <si>
-    <r>
-[...63 lines deleted...]
-  <si>
     <t>Data for new interconnection applications is added to the data set on a monthly basis. Please note that updates to existing applications take place on a quarterly basis rather than a monthly basis. For example, an existing application's status may need to be retroactively updated from 'interconnected' to 'decommissioned'. In rare cases, applications may be terminated and deleted from the dataset post-publication.</t>
-  </si>
-[...66 lines deleted...]
-    <t>Updated 09-17-2025</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Since this dataset only contains applications that are (or have once been) active, there are two main application statuses in this column: 
 - </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Interconnected</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">: The system(s) have received permission-to-operate and are active. However, there may be cases where a system is not active, but the customer has not notified the IOU of its decommissioning, 
 - </t>
@@ -1270,50 +1134,366 @@
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">SDG&amp;E
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>For SDG&amp;E, since there is only one system per application, when a system gets decommissioned, only that system's associated application will be decommissioned. Customers are required to notify SDG&amp;E of decommissions.
 SDGE has more detailed decommissioned sub-statuses, which are the following:
 - Destroyed: the system was destroyed, likely due to a natural disaster
 - Deactivated: the customer reaches out to notify SDGE that they are not using their system, but it has not been removed from the premise
 - Removed: the system has been removed from the premise</t>
     </r>
+  </si>
+  <si>
+    <t>If an application transitions from one tariff to another tariff, for example aging out of NEM 2.0 after 20 years, the tariff field on the interconnection application is not updated to note the new tariff. That update is only captured in the IOUs' billing systems.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">SDG&amp;E
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Applications prior to 2011 that have been decommissioned may have a 0 for system size. SDG&amp;E's application systems during this time period overwrote a value of 0 over the original system size when a system was decommissioned. Unfortunately the original sizes are not retrievable. This issue impacts less than 1% of the SDG&amp;E's total Interconnected Applications dataset. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">The values may be a mix of Standard Test Condition (STC) and PVUSA Test Condition (PTC), depending on the utility. PG&amp;E reports PTC.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">SDG&amp;E
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Applications prior to 2011 that have been decommissioned may have a 0 for system size. SDG&amp;E's application systems during this time period overwrote a value of 0 over the original system size when a system was decommissioned. Unfortunately the original sizes are not retrievable. This issue impacts less than 1% of the SDG&amp;E's total Interconnected Applications dataset. 
+SDG&amp;E does not validate DC project size.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">This dataset contains both fossil fuel and renewable electrical generation facilities (REGF). However, only REGF generators can receive the NEM tariff. For a detailed definition of REGF, see Pub. Util. Code. § 2827(b). Backup generators (BUGs) are fossil fuel generators and are interconnected differently per IOU.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">PG&amp;E
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Allows multiple technology types per application, so each row may contain different technologies. External inverters are noted as a separate category for PG&amp;E applications. BUGs that are categorized as "make-before-break" are required to be reported to PGE through a Rule 21 interconnection application and show up on this dataset. BUGs categorized as "break-before-make" are also reported in this dataset but are reported through a separate optional form not considered Rule 21.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>SCE</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Allows multiple technology types per application, so each row may contain different technologies. External inverters do not receive a distinct category; their details are just noted in the inverter model, manufacturer, and quantity columns. Rule 21 non-NEM equipment information only goes back until 2019, when it started to be digitized. BUGs operating in isolated operating mode are reported as Rule 21 non-export.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>SDG&amp;E</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Allows only one technology type per application, so properties with multiple technologies will have a unique application ID per technology type. External inverters do not receive a distinct category; their details are just noted in the inverter model, manufacturer, and quantity columns. BUGs that operate in parallel and are intended to be utilized as a "backup generator" are reported as a Rule 21 system, but not explicitly identified as a "BUG". BUGs that are utilized only for emergency or standby purposes are not interconnected under Rule 21 because they do not operate in parallel with SDGE's distribution system and are not reported in this dataset.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">PG&amp;E
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Some older applications will not have application dates. Currently, this column is autogenerated by the interconnection application portal once the application is given PTO. In rare cases, the 'App Complete Date' may be after the App Approved date. This may occur if an application is retroactively updated, which also updates the 'App Complete Date'.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+SCE</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+SCE automatically populates this field once the application is given PTO using portal timestamps. Applications for isolated operating mode generators (aka backup generators) are not assigned an App Approved Date. There also may be missing dates for applications submitted prior to 2015. 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">SDG&amp;E
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>They have 75 old applications without dates that were manually added into their databases. Other missing application dates may be due to errors in their code and can be addressed once identified. This is manually entered by SDG&amp;E staff.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">PG&amp;E
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>PG&amp;E allows the publication of city name for non-NEM Rule 21 interconnection applications.</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+SCE</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+SCE does not validate addresses.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>SDG&amp;E</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+SDG&amp;E does not allow the publication of city name for non-NEM Rule 21 interconnection applications.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">PG&amp;E
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>PG&amp;E allows the publication of zip code for non-NEM Rule 21 interconnection applications.</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+SCE</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+SCE does not validate addresses.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>SDG&amp;E</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+SDG&amp;E does not allow the publication of zip code for non-NEM Rule 21 interconnection applications.</t>
+    </r>
+  </si>
+  <si>
+    <t>Updated 03-10-2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="29" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1924,99 +2104,108 @@
     <xf numFmtId="0" fontId="6" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="25">
+  <cellXfs count="28">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="29" applyFont="1"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="29" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="10" xfId="45" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="10" xfId="45" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="29" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="29" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="29" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="29" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="29" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="29" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="29" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="78">
     <cellStyle name="20% - Accent1 2" xfId="31" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20% - Accent1 2 2" xfId="48" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20% - Accent1 2 3" xfId="64" xr:uid="{18E92049-FCAD-436F-8A3B-FEB7658C48D1}"/>
     <cellStyle name="20% - Accent2 2" xfId="33" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
@@ -2379,107 +2568,107 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:E62"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A9" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="E9" sqref="E9"/>
+    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="2" max="2" width="34.453125" customWidth="1"/>
     <col min="3" max="3" width="30.1796875" customWidth="1"/>
     <col min="4" max="4" width="121.81640625" style="16" customWidth="1"/>
     <col min="5" max="5" width="84.81640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1" s="1" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="2" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A2" s="24" t="s">
-        <v>193</v>
+      <c r="A2" s="27" t="s">
+        <v>198</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="32.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A3" s="22" t="s">
-[...4 lines deleted...]
-      <c r="D3" s="23"/>
+      <c r="A3" s="25" t="s">
+        <v>189</v>
+      </c>
+      <c r="B3" s="26"/>
+      <c r="C3" s="26"/>
+      <c r="D3" s="26"/>
     </row>
     <row r="4" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A4" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="17"/>
     </row>
     <row r="5" spans="1:5" ht="205.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="7" t="s">
         <v>5</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D5" s="11" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="58" x14ac:dyDescent="0.35">
       <c r="A6" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="7" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="7" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="58" x14ac:dyDescent="0.35">
       <c r="A7" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>13</v>
@@ -2489,147 +2678,149 @@
       </c>
     </row>
     <row r="8" spans="1:5" ht="29" x14ac:dyDescent="0.35">
       <c r="A8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="7" t="s">
         <v>17</v>
       </c>
       <c r="D8" s="7"/>
     </row>
     <row r="9" spans="1:5" ht="409.6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D9" s="7" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="E9" s="12"/>
     </row>
     <row r="10" spans="1:5" ht="29" x14ac:dyDescent="0.35">
       <c r="A10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>22</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>23</v>
       </c>
       <c r="D10" s="7"/>
     </row>
-    <row r="11" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:5" ht="116" x14ac:dyDescent="0.35">
       <c r="A11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="7" t="s">
         <v>25</v>
       </c>
       <c r="C11" s="8" t="s">
         <v>26</v>
       </c>
       <c r="D11" s="11" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" ht="116" x14ac:dyDescent="0.35">
       <c r="A12" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="11" t="s">
-        <v>180</v>
+        <v>197</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>32</v>
       </c>
       <c r="D13" s="11" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="315" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="7" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>35</v>
       </c>
       <c r="D14" s="11" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:5" ht="29" x14ac:dyDescent="0.35">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" ht="109.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="D15" s="7" t="s">
-[...3 lines deleted...]
-    <row r="16" spans="1:5" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="D15" s="11" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" ht="81" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="7" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>41</v>
       </c>
-      <c r="D16" s="7"/>
+      <c r="D16" s="11" t="s">
+        <v>192</v>
+      </c>
     </row>
     <row r="17" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B17" s="7" t="s">
         <v>43</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>44</v>
       </c>
       <c r="D17" s="7"/>
     </row>
     <row r="18" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A18" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B18" s="7" t="s">
         <v>46</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>47</v>
       </c>
       <c r="D18" s="7"/>
     </row>
@@ -2728,91 +2919,91 @@
     <row r="26" spans="1:4" ht="264" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B26" s="7" t="s">
         <v>72</v>
       </c>
       <c r="C26" s="7" t="s">
         <v>73</v>
       </c>
       <c r="D26" s="11" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="27" spans="1:4" ht="195.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B27" s="7" t="s">
         <v>75</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>76</v>
       </c>
       <c r="D27" s="11" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
     </row>
     <row r="28" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A28" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B28" s="7" t="s">
         <v>78</v>
       </c>
       <c r="C28" s="7" t="s">
         <v>79</v>
       </c>
       <c r="D28" s="11" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
     </row>
     <row r="29" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A29" s="13" t="s">
         <v>80</v>
       </c>
       <c r="B29" s="7" t="s">
         <v>81</v>
       </c>
       <c r="C29" s="9" t="s">
         <v>82</v>
       </c>
       <c r="D29" s="7"/>
     </row>
     <row r="30" spans="1:4" ht="145" x14ac:dyDescent="0.35">
       <c r="A30" s="13" t="s">
         <v>83</v>
       </c>
       <c r="B30" s="7" t="s">
         <v>84</v>
       </c>
       <c r="C30" s="9" t="s">
         <v>85</v>
       </c>
       <c r="D30" s="11" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
     </row>
     <row r="31" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A31" s="13" t="s">
         <v>86</v>
       </c>
       <c r="B31" s="7" t="s">
         <v>87</v>
       </c>
       <c r="C31" s="9" t="s">
         <v>88</v>
       </c>
       <c r="D31" s="7"/>
     </row>
     <row r="32" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A32" s="13" t="s">
         <v>89</v>
       </c>
       <c r="B32" s="7" t="s">
         <v>90</v>
       </c>
       <c r="C32" s="7" t="s">
         <v>91</v>
       </c>
       <c r="D32" s="7"/>
@@ -3001,51 +3192,53 @@
       </c>
       <c r="D47" s="7"/>
     </row>
     <row r="48" spans="1:4" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A48" s="14" t="s">
         <v>139</v>
       </c>
       <c r="B48" s="7" t="s">
         <v>140</v>
       </c>
       <c r="C48" s="7" t="s">
         <v>141</v>
       </c>
       <c r="D48" s="7"/>
     </row>
     <row r="49" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A49" s="14" t="s">
         <v>142</v>
       </c>
       <c r="B49" s="7" t="s">
         <v>143</v>
       </c>
       <c r="C49" s="7" t="s">
         <v>144</v>
       </c>
-      <c r="D49" s="7"/>
+      <c r="D49" s="7" t="s">
+        <v>191</v>
+      </c>
     </row>
     <row r="50" spans="1:4" ht="277.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A50" s="14" t="s">
         <v>145</v>
       </c>
       <c r="B50" s="7" t="s">
         <v>146</v>
       </c>
       <c r="C50" s="9" t="s">
         <v>147</v>
       </c>
       <c r="D50" s="11" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="51" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A51" s="14" t="s">
         <v>148</v>
       </c>
       <c r="B51" s="7" t="s">
         <v>149</v>
       </c>
       <c r="C51" s="7" t="s">
         <v>150</v>
       </c>
@@ -3129,98 +3322,109 @@
         <v>168</v>
       </c>
       <c r="C58" s="11" t="s">
         <v>169</v>
       </c>
       <c r="D58" s="20"/>
     </row>
     <row r="59" spans="1:4" ht="65.400000000000006" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A59" s="18"/>
       <c r="B59" s="7" t="s">
         <v>170</v>
       </c>
       <c r="C59" s="7" t="s">
         <v>171</v>
       </c>
       <c r="D59" s="21"/>
     </row>
     <row r="60" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A60" s="18"/>
       <c r="B60" s="7" t="s">
         <v>172</v>
       </c>
       <c r="C60" s="7" t="s">
         <v>173</v>
       </c>
-      <c r="D60" s="19" t="s">
+      <c r="D60" s="22" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="61" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A61" s="18"/>
       <c r="B61" s="7" t="s">
         <v>174</v>
       </c>
       <c r="C61" s="7" t="s">
         <v>175</v>
       </c>
-      <c r="D61" s="20"/>
+      <c r="D61" s="23"/>
     </row>
     <row r="62" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A62" s="18"/>
       <c r="B62" s="7" t="s">
         <v>176</v>
       </c>
       <c r="C62" s="7" t="s">
         <v>177</v>
       </c>
-      <c r="D62" s="21"/>
+      <c r="D62" s="24"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A56:A62"/>
     <mergeCell ref="D56:D59"/>
     <mergeCell ref="D60:D62"/>
     <mergeCell ref="A3:D3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="583baaca-c19c-4192-b2cd-0744d2ee074e" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4cc6076d-e27c-4e30-aa8b-1357899142e9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E4335A4A02B0FB45A58F5DBEBCF86717" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1c318e7cf0d2a172f94ee563a71f7bd7">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4cc6076d-e27c-4e30-aa8b-1357899142e9" xmlns:ns3="583baaca-c19c-4192-b2cd-0744d2ee074e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e1d20402c4e9c28c599315114b26f4f6" ns2:_="" ns3:_="">
     <xsd:import namespace="4cc6076d-e27c-4e30-aa8b-1357899142e9"/>
     <xsd:import namespace="583baaca-c19c-4192-b2cd-0744d2ee074e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
@@ -3411,103 +3615,92 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{48065A1E-53D4-4A2F-A1D2-2CBD63ED9AAA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="25742cdf-2efc-4304-8911-7b4b86f60c5e"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="583baaca-c19c-4192-b2cd-0744d2ee074e"/>
+    <ds:schemaRef ds:uri="4cc6076d-e27c-4e30-aa8b-1357899142e9"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6C5078A-5DAC-478A-877B-C47EAD23C8B6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="4cc6076d-e27c-4e30-aa8b-1357899142e9"/>
     <ds:schemaRef ds:uri="583baaca-c19c-4192-b2cd-0744d2ee074e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...16 lines deleted...]
-    <ds:schemaRef ds:uri="4cc6076d-e27c-4e30-aa8b-1357899142e9"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A733DB1-1804-4AB0-B4CD-2B146F9CD3B8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>