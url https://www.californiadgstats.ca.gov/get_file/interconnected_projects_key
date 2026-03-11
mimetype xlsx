--- v0 (2026-02-16)
+++ v1 (2026-03-11)
@@ -2,83 +2,83 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29530"/>
   <workbookPr autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\SaraWood\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{81BB6215-6397-4770-8B65-CF83B44032D5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C7428FB6-3385-47A7-8E00-525949311B4D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-24120" yWindow="1185" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Project Site Data Set Key" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="188" uniqueCount="186">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="190" uniqueCount="190">
   <si>
     <t>Application Id</t>
   </si>
   <si>
     <t>Utility</t>
   </si>
   <si>
     <t>Service City</t>
   </si>
   <si>
     <t>Service Zip</t>
   </si>
   <si>
     <t>Service County</t>
   </si>
   <si>
     <t>Technology Type</t>
   </si>
   <si>
     <t>System Size DC</t>
   </si>
   <si>
     <t>System Size AC</t>
   </si>
   <si>
@@ -442,53 +442,50 @@
     <t>Storage Capacity (kWh)</t>
   </si>
   <si>
     <t>Storage Size (kW AC)</t>
   </si>
   <si>
     <t>Inverter Size (kW AC)</t>
   </si>
   <si>
     <t xml:space="preserve">Total capacity rating of energy storage in kilowatt hours </t>
   </si>
   <si>
     <t xml:space="preserve">Total power rating of energy storage in kilowatts </t>
   </si>
   <si>
     <t>The project was self-installed by the customer (Yes/No)</t>
   </si>
   <si>
     <t>Phone number of installer</t>
   </si>
   <si>
     <t xml:space="preserve">The California State Licence Board (CSLB) number of the installer </t>
   </si>
   <si>
     <t>Participation in a VNEM, NEM-V, or NEM-Agg tariff</t>
-  </si>
-[...1 lines deleted...]
-    <t>Project is a participating in a VNEM, NEM-V, or NEM-Agg tariff meaning there are mulitple benefitting accounts (Yes/ No)</t>
   </si>
   <si>
     <t>Generator Model</t>
   </si>
   <si>
     <t>Model of technology type</t>
   </si>
   <si>
     <t>Generator Manufacturer</t>
   </si>
   <si>
     <t>Manufacturer of technology type</t>
   </si>
   <si>
     <t>Generator Quantity</t>
   </si>
   <si>
     <t>Quantity of technology type</t>
   </si>
   <si>
     <t>Generator Fuel Type</t>
   </si>
   <si>
     <t>Fuel type of the generating equipment (if applicable)</t>
   </si>
@@ -1013,123 +1010,51 @@
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">SDG&amp;E
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>The user is only allowed to select values from a drop-down menu that is a combination of CEC equipment and SDGE-approved equipment. If a system is not found in the drop-down list, it is referred to the SDGE Engineering staff for approval. Once approved, it is added to the drop-down list.</t>
     </r>
   </si>
   <si>
     <t>Energy Division will explore opportunities to display which inverters are associated with certain generators.</t>
   </si>
   <si>
     <t>Data for new interconnection applications is added to the data set on a monthly basis. Please note that updates to existing applications take place on a quarterly basis rather than a monthly basis. For example, an existing application's status may need to be retroactively updated from 'interconnected' to 'decommissioned'. In rare cases, applications may be terminated and deleted from the dataset post-publication.</t>
   </si>
   <si>
-    <r>
-[...67 lines deleted...]
-  <si>
     <t>Interconnected Project Sites Data Sets</t>
-  </si>
-[...1 lines deleted...]
-    <t>Updated 09-17-2025</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Since this dataset only contains applications that are (or have once been) active, there are two main application statuses in this column: 
 - </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Interconnected</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">: The system(s) have received permission-to-operate and are active. However, there may be cases where a system is not active, but the customer has not notified the IOU of its decommissioning, 
 - </t>
@@ -1221,52 +1146,303 @@
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">SDG&amp;E
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>For SDG&amp;E, since there is only one system per application, when a system gets decommissioned, only that system's associated application will be decommissioned. Customers are required to notify SDG&amp;E of decommissions.
 SDGE has more detailed decommissioned sub-statuses, which are the following:
 - Destroyed: the system was destroyed, likely due to a natural disaster
 - Deactivated: the customer reaches out to notify SDGE that they are not using their system, but it has not been removed from the premise
 - Removed: the system has been removed from the premise</t>
     </r>
   </si>
   <si>
-    <t>The values may be a mix of Standard Test Condition (STC) and PVUSA Test Condition (PTC), depending on the utility.
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>SDG&amp;E:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Applications prior to 2011 that have been decommissioned may have a 0 for system size. SDG&amp;E's application systems during this time period overwrote a value of 0 over the original system size when a system was decommissioned. Unfortunately the original sizes are not retrievable. This issue impacts less than 1% of the SDG&amp;E's total Interconnected Projects dataset. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">The values may be a mix of Standard Test Condition (STC) and PVUSA Test Condition (PTC), depending on the utility. PG&amp;E reports PTC.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>SDG&amp;E:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Applications prior to 2011 that have been decommissioned may have a 0 for system size. SDG&amp;E's application systems during this time period overwrote a value of 0 over the original system size when a system was decommissioned. Unfortunately the original sizes are not retrievable. This issue impacts less than 1% of the SDG&amp;E's total Interconnected Projects dataset. 
 SDG&amp;E does not validate DC project size.</t>
+    </r>
+  </si>
+  <si>
+    <t>If an application transitions from one tariff to another tariff, for example aging out of NEM 2.0 after 20 years, the tariff field on the interconnection application is not updated to note the new tariff. That update is only captured in the IOUs' billing systems.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Applications are deemed complete when all the required documentation has been provided and a review by IOU staff deems no deficiencies in the information submitted. In rare cases, the 'App Complete Date' may be after the App Approved date. This may occur if an application is retroactively updated, which also updates the 'App Complete Date'.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>PG&amp;E</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+PG&amp;E is missing some values because in the past, it was contained in a different column and that information has not been ported over to the current column. Additionally, some are missing because they were old applications submitted on paper and the date was not entered in the digitization process. Currently, this column is autogenerated by the interconnection application portal.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>SCE</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+SCE has the application processor manually enter this value.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">SDG&amp;E
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">SDG&amp;E automatically populates this field according to the following: for 30 kW or less applications, this date is determined by the date and time stamp for when the customer submits their Terms and Conditions (referred to as the ‘Received Customer Approval (RCA)’ date). For Greater than 30 kW applications, terms and conditions (all T&amp;Cs are on the IA) are not required therefore the ‘complete’ date will be equal to the ‘received’ date. However, for all applications, if there is an issue with the application which requires them to ‘Incomplete’ it to allow corrections on the applicant’s end, then the ‘complete’ date will be updated to reflect the date the issue was resolved. This is all automated by the system. 
+</t>
+    </r>
+  </si>
+  <si>
+    <t>Project is a participating in a VNEM, NEM-V, or NEM-Agg tariff meaning there are multiple benefitting accounts (Yes/ No)</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">PG&amp;E
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>PG&amp;E allows the publication of city name for non-NEM Rule 21 interconnection applications.</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+SCE</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+SCE does not validate addresses.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>SDG&amp;E</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+SDG&amp;E does not allow the publication of city name for non-NEM Rule 21 interconnection applications.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">PG&amp;E
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>PG&amp;E allows the publication of zip code for non-NEM Rule 21 interconnection applications.</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+SCE</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+SCE does not validate addresses.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>SDG&amp;E</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+SDG&amp;E does not allow the publication of zip code for non-NEM Rule 21 interconnection applications.</t>
+    </r>
+  </si>
+  <si>
+    <t>Updated 03-10-2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="32" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -2392,398 +2568,400 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:D60"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="H12" sqref="H12"/>
+    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="8.81640625" style="3"/>
     <col min="2" max="2" width="35" style="3" customWidth="1"/>
     <col min="3" max="3" width="58.90625" style="16" customWidth="1"/>
     <col min="4" max="4" width="102.26953125" style="16" customWidth="1"/>
     <col min="5" max="16384" width="8.81640625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="18.5" x14ac:dyDescent="0.35">
       <c r="A1" s="2" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A2" s="28" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="D2" s="22"/>
     </row>
     <row r="3" spans="1:4" ht="36" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="26" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B3" s="27"/>
       <c r="C3" s="27"/>
       <c r="D3" s="27"/>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="17" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="232" x14ac:dyDescent="0.35">
       <c r="A5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="B5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="18" t="s">
         <v>17</v>
       </c>
       <c r="D5" s="8" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A6" s="9" t="s">
         <v>33</v>
       </c>
       <c r="B6" s="7" t="s">
         <v>117</v>
       </c>
       <c r="C6" s="19" t="s">
         <v>125</v>
       </c>
       <c r="D6" s="19"/>
     </row>
     <row r="7" spans="1:4" ht="409.5" x14ac:dyDescent="0.35">
       <c r="A7" s="9" t="s">
         <v>34</v>
       </c>
       <c r="B7" s="7" t="s">
         <v>118</v>
       </c>
       <c r="C7" s="10" t="s">
         <v>126</v>
       </c>
       <c r="D7" s="15" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="B8" s="7" t="s">
         <v>1</v>
       </c>
       <c r="C8" s="20" t="s">
         <v>18</v>
       </c>
       <c r="D8" s="19"/>
     </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:4" ht="116" x14ac:dyDescent="0.35">
       <c r="A9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="B9" s="7" t="s">
         <v>2</v>
       </c>
       <c r="C9" s="20" t="s">
         <v>19</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:4" x14ac:dyDescent="0.35">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" ht="116" x14ac:dyDescent="0.35">
       <c r="A10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>3</v>
       </c>
       <c r="C10" s="20" t="s">
         <v>20</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>167</v>
+        <v>188</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A11" s="6" t="s">
         <v>38</v>
       </c>
       <c r="B11" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="20" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="304.5" x14ac:dyDescent="0.35">
       <c r="A12" s="6" t="s">
         <v>39</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>5</v>
       </c>
       <c r="C12" s="21" t="s">
         <v>22</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:4" ht="43.5" x14ac:dyDescent="0.35">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" ht="117.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C13" s="21" t="s">
         <v>23</v>
       </c>
-      <c r="D13" s="15" t="s">
-[...3 lines deleted...]
-    <row r="14" spans="1:4" ht="29" x14ac:dyDescent="0.35">
+      <c r="D13" s="1" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" ht="78" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="6" t="s">
         <v>41</v>
       </c>
       <c r="B14" s="7" t="s">
         <v>7</v>
       </c>
       <c r="C14" s="21" t="s">
         <v>24</v>
       </c>
-      <c r="D14" s="19"/>
+      <c r="D14" s="8" t="s">
+        <v>182</v>
+      </c>
     </row>
     <row r="15" spans="1:4" s="12" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A15" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>127</v>
       </c>
       <c r="C15" s="21" t="s">
         <v>130</v>
       </c>
       <c r="D15" s="23"/>
     </row>
     <row r="16" spans="1:4" s="12" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A16" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B16" s="7" t="s">
         <v>128</v>
       </c>
       <c r="C16" s="21" t="s">
         <v>131</v>
       </c>
       <c r="D16" s="23"/>
     </row>
-    <row r="17" spans="1:4" s="12" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:4" s="12" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A17" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B17" s="7" t="s">
         <v>129</v>
       </c>
       <c r="C17" s="21" t="s">
         <v>25</v>
       </c>
       <c r="D17" s="23"/>
     </row>
     <row r="18" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A18" s="6" t="s">
         <v>45</v>
       </c>
       <c r="B18" s="7" t="s">
         <v>27</v>
       </c>
       <c r="C18" s="19" t="s">
         <v>52</v>
       </c>
       <c r="D18" s="19"/>
     </row>
     <row r="19" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A19" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B19" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C19" s="19" t="s">
         <v>53</v>
       </c>
       <c r="D19" s="19"/>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A20" s="6" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="7" t="s">
         <v>29</v>
       </c>
       <c r="C20" s="19" t="s">
         <v>54</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
     </row>
     <row r="21" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A21" s="6" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="7" t="s">
         <v>30</v>
       </c>
       <c r="C21" s="19" t="s">
         <v>55</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="22" spans="1:4" ht="87" x14ac:dyDescent="0.35">
       <c r="A22" s="6" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="7" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="21" t="s">
         <v>56</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
     </row>
     <row r="23" spans="1:4" ht="138" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="6" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="7" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="21" t="s">
         <v>26</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
     </row>
     <row r="24" spans="1:4" ht="333.5" x14ac:dyDescent="0.35">
       <c r="A24" s="13" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C24" s="19" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
     </row>
     <row r="25" spans="1:4" ht="174" x14ac:dyDescent="0.35">
       <c r="A25" s="13" t="s">
         <v>76</v>
       </c>
       <c r="B25" s="7" t="s">
         <v>11</v>
       </c>
       <c r="C25" s="19" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A26" s="9" t="s">
         <v>77</v>
       </c>
       <c r="B26" s="7" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="21" t="s">
         <v>132</v>
       </c>
       <c r="D26" s="19"/>
     </row>
     <row r="27" spans="1:4" ht="145" x14ac:dyDescent="0.35">
       <c r="A27" s="9" t="s">
         <v>78</v>
       </c>
       <c r="B27" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="21" t="s">
         <v>13</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A28" s="9" t="s">
         <v>79</v>
       </c>
       <c r="B28" s="7" t="s">
         <v>58</v>
       </c>
       <c r="C28" s="21" t="s">
         <v>133</v>
       </c>
       <c r="D28" s="19"/>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A29" s="9" t="s">
         <v>80</v>
       </c>
       <c r="B29" s="7" t="s">
         <v>59</v>
       </c>
       <c r="C29" s="19" t="s">
         <v>100</v>
       </c>
       <c r="D29" s="19"/>
@@ -2801,51 +2979,51 @@
       <c r="D30" s="19"/>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A31" s="9" t="s">
         <v>82</v>
       </c>
       <c r="B31" s="7" t="s">
         <v>61</v>
       </c>
       <c r="C31" s="19" t="s">
         <v>102</v>
       </c>
       <c r="D31" s="19"/>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A32" s="9" t="s">
         <v>83</v>
       </c>
       <c r="B32" s="7" t="s">
         <v>62</v>
       </c>
       <c r="C32" s="19" t="s">
         <v>134</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
     </row>
     <row r="33" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A33" s="9" t="s">
         <v>84</v>
       </c>
       <c r="B33" s="7" t="s">
         <v>63</v>
       </c>
       <c r="C33" s="19" t="s">
         <v>103</v>
       </c>
       <c r="D33" s="19"/>
     </row>
     <row r="34" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A34" s="9" t="s">
         <v>85</v>
       </c>
       <c r="B34" s="7" t="s">
         <v>64</v>
       </c>
       <c r="C34" s="19" t="s">
         <v>104</v>
       </c>
       <c r="D34" s="19"/>
@@ -2935,291 +3113,278 @@
       <c r="D41" s="19"/>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A42" s="9" t="s">
         <v>97</v>
       </c>
       <c r="B42" s="7" t="s">
         <v>72</v>
       </c>
       <c r="C42" s="19" t="s">
         <v>112</v>
       </c>
       <c r="D42" s="19"/>
     </row>
     <row r="43" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A43" s="9" t="s">
         <v>93</v>
       </c>
       <c r="B43" s="7" t="s">
         <v>73</v>
       </c>
       <c r="C43" s="19" t="s">
         <v>113</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
     </row>
     <row r="44" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A44" s="9" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="7" t="s">
         <v>74</v>
       </c>
       <c r="C44" s="19" t="s">
         <v>114</v>
       </c>
       <c r="D44" s="19"/>
     </row>
     <row r="45" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A45" s="9" t="s">
         <v>95</v>
       </c>
       <c r="B45" s="14" t="s">
         <v>119</v>
       </c>
       <c r="C45" s="20" t="s">
         <v>123</v>
       </c>
       <c r="D45" s="19"/>
     </row>
     <row r="46" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A46" s="9" t="s">
         <v>96</v>
       </c>
       <c r="B46" s="7" t="s">
         <v>120</v>
       </c>
       <c r="C46" s="20" t="s">
         <v>124</v>
       </c>
       <c r="D46" s="19"/>
     </row>
-    <row r="47" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:4" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A47" s="9" t="s">
         <v>98</v>
       </c>
       <c r="B47" s="7" t="s">
         <v>75</v>
       </c>
       <c r="C47" s="19" t="s">
         <v>115</v>
       </c>
-      <c r="D47" s="19"/>
+      <c r="D47" s="8" t="s">
+        <v>184</v>
+      </c>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A48" s="9" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="7" t="s">
         <v>121</v>
       </c>
       <c r="C48" s="19" t="s">
         <v>135</v>
       </c>
       <c r="D48" s="19"/>
     </row>
     <row r="49" spans="1:4" ht="29" x14ac:dyDescent="0.35">
       <c r="A49" s="9" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B49" s="7" t="s">
         <v>122</v>
       </c>
-      <c r="C49" s="19" t="s">
-        <v>136</v>
+      <c r="C49" s="8" t="s">
+        <v>186</v>
       </c>
       <c r="D49" s="19"/>
     </row>
     <row r="50" spans="1:4" ht="290" x14ac:dyDescent="0.35">
       <c r="A50" s="9" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B50" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C50" s="19" t="s">
         <v>116</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
     </row>
     <row r="51" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A51" s="9" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="B51" s="7" t="s">
+        <v>150</v>
+      </c>
+      <c r="C51" s="8" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="D51" s="19"/>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A52" s="9" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B52" s="14" t="s">
+        <v>158</v>
+      </c>
+      <c r="C52" s="8" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="D52" s="19"/>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A53" s="9" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B53" s="14" t="s">
+        <v>160</v>
+      </c>
+      <c r="C53" s="8" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="D53" s="19"/>
     </row>
     <row r="54" spans="1:4" ht="97" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A54" s="24" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="B54" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="C54" s="19" t="s">
         <v>137</v>
       </c>
-      <c r="C54" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D54" s="25" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
     </row>
     <row r="55" spans="1:4" ht="97" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A55" s="24"/>
       <c r="B55" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="C55" s="19" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="D55" s="25"/>
     </row>
     <row r="56" spans="1:4" ht="97" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A56" s="24"/>
       <c r="B56" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="C56" s="19" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="D56" s="25"/>
     </row>
     <row r="57" spans="1:4" ht="97" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A57" s="24"/>
       <c r="B57" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="C57" s="19" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="D57" s="25"/>
     </row>
     <row r="58" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A58" s="24"/>
       <c r="B58" s="7" t="s">
+        <v>144</v>
+      </c>
+      <c r="C58" s="19" t="s">
         <v>145</v>
       </c>
-      <c r="C58" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D58" s="25" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
     </row>
     <row r="59" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A59" s="24"/>
       <c r="B59" s="7" t="s">
+        <v>146</v>
+      </c>
+      <c r="C59" s="19" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="D59" s="25"/>
     </row>
     <row r="60" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A60" s="24"/>
       <c r="B60" s="7" t="s">
+        <v>148</v>
+      </c>
+      <c r="C60" s="19" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="D60" s="25"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A54:A60"/>
     <mergeCell ref="D54:D57"/>
     <mergeCell ref="D58:D60"/>
     <mergeCell ref="A3:D3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010012E2C9D35658054B8B9C1B3F01F7BBAA" ma:contentTypeVersion="" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5f4ffa7b470cde4a2773ca5685556084">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25742cdf-2efc-4304-8911-7b4b86f60c5e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2a0b15b02b8603d76c960e9a171a91c1" ns2:_="">
     <xsd:import namespace="25742cdf-2efc-4304-8911-7b4b86f60c5e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="25742cdf-2efc-4304-8911-7b4b86f60c5e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -3341,88 +3506,103 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{48065A1E-53D4-4A2F-A1D2-2CBD63ED9AAA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{192AEEA2-6EBF-4D8E-8651-DDE5D869C1CD}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="25742cdf-2efc-4304-8911-7b4b86f60c5e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="25742cdf-2efc-4304-8911-7b4b86f60c5e"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A733DB1-1804-4AB0-B4CD-2B146F9CD3B8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{192AEEA2-6EBF-4D8E-8651-DDE5D869C1CD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{48065A1E-53D4-4A2F-A1D2-2CBD63ED9AAA}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="25742cdf-2efc-4304-8911-7b4b86f60c5e"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Project Site Data Set Key</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>